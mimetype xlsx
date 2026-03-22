--- v0 (2025-12-24)
+++ v1 (2026-03-22)
@@ -54,242 +54,242 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2156/projeto_de_decreto_no._01_pedro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2156/projeto_de_decreto_no._01_pedro.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Honorária do Município de Nova Andradina, Estado de Mato Grosso do Sul,  à senhora JOANA D’ARK BONO GARCIA, e dá outras providências”.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_decreto_no._02_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_decreto_no._02_joao_dan.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul,  ao senhor JOSÉ JOAQUIM PINHEIRO, e dá outras providências”.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_decreto_no._03_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_decreto_no._03_cida.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor CÍCERO VIEIRA BRAIS, e dá outras providências”.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2779/projeto_de_decreto_no._04_arion_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2779/projeto_de_decreto_no._04_arion_.pdf</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO 04/2023 DE 19 DE OUTUBRO DE 2023._x000D_
 “Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor ARLINDO KLEIN, e dá outras providências”.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2823/projeto_de_decreto_no._05_arion_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2823/projeto_de_decreto_no._05_arion_.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor YOSOU JODAI, e dá outras providências”.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2830/projeto_de_decreto_no._06_deildo_.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2830/projeto_de_decreto_no._06_deildo_.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor EDVALDO FERREIRA SILVA, e dá outras providências”.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2848/projeto_de_decreto_no._07_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2848/projeto_de_decreto_no._07_ceara.pdf</t>
   </si>
   <si>
     <t>O PRESIDENTE DA CÂMARA MUNICIPAL DE NOVA ANDRADINA, ESTADO DE MATO GROSSO DO SUL;_x000D_
 _x000D_
 Faço saber que a Câmara Municipal aprovou e eu promulgo o seguinte Decreto Legislativo: _x000D_
 _x000D_
 Art. 1º. Fica concedido o Título de Cidadão Honorário do Município de Nova Andradina, ao Sr. CLAUDIO ZARATE SANAVRIA, por sua importante participação no desenvolvimento e por todos os relevantes serviços prestados ao Município de Nova Andradina-MS._x000D_
 _x000D_
 Art. 2º. O referido Diploma será outorgado oportunamente, no dia e hora designados pela Mesa Diretora, com a solenidade de estilo. _x000D_
 _x000D_
 Art. 3º. Este Decreto Legislativo entrará em vigor na data de sua publicação._x000D_
 _x000D_
 Art. 4º. Revogam-se as disposições em contrário._x000D_
 _x000D_
 Nova Andradina, 16 de Novembro de 2023</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_decreto_no._leandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_decreto_no._leandro.doc</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor AIRTON MÁRIO FROES DE MORAES, e dá outras providências”.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2917/projeto_de_decreto_no._09_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2917/projeto_de_decreto_no._09_deildo.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor JOSÉ JESUS DA SILVA, e dá outras providências”.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2923/projeto_de_decreto_n_10_cida_e_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2923/projeto_de_decreto_n_10_cida_e_leandro.pdf</t>
   </si>
   <si>
     <t>O PRESIDENTE DA CÂMARA MUNICIPAL DE NOVA ANDRADINA, ESTADO DE MATO GROSSO DO SUL;_x000D_
 _x000D_
 Faço saber que a Câmara Municipal aprovou e eu promulgo o seguinte Decreto Legislativo: _x000D_
 _x000D_
 Art. 1º. Fica concedido o Título de Cidadão Honorário do Município de Nova Andradina, ao Sr. VALTER VALENTIN PINTO, por sua importante participação no desenvolvimento e por todos os relevantes serviços prestados ao Município de Nova Andradina-MS._x000D_
 _x000D_
 Art. 2º. O referido Diploma será outorgado oportunamente, no dia e hora designados pela Mesa Diretora, com a solenidade de estilo. _x000D_
 _x000D_
 Art. 3º. Este Decreto Legislativo entrará em vigor na data de sua publicação._x000D_
 _x000D_
 Art. 4º. Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2924/projeto_de_decreto_no._11_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2924/projeto_de_decreto_no._11_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor Leandro Ferreira Luiz Fedossi, e dá outras providências</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2928/projeto_de_decreto_no._13_ceara.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2928/projeto_de_decreto_no._13_ceara.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor MARCIONILIO PEREIRA DOS SANTOS, e dá outras providências”.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2948/projeto_de_decreto_no._14_dr.leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2948/projeto_de_decreto_no._14_dr.leandro.pdf</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO Nº. 14, DE 08 DE DEZEMBRO DE 2023._x000D_
 “Concede Título de Cidadão Honorário do Município de Nova Andradina, Estado de Mato Grosso do Sul, ao senhor SANDRO ROBERTO_x000D_
 HOICI, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -598,67 +598,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2156/projeto_de_decreto_no._01_pedro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_decreto_no._02_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_decreto_no._03_cida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2779/projeto_de_decreto_no._04_arion_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2823/projeto_de_decreto_no._05_arion_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2830/projeto_de_decreto_no._06_deildo_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2848/projeto_de_decreto_no._07_ceara.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_decreto_no._leandro.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2917/projeto_de_decreto_no._09_deildo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2923/projeto_de_decreto_n_10_cida_e_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2924/projeto_de_decreto_no._11_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2928/projeto_de_decreto_no._13_ceara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2948/projeto_de_decreto_no._14_dr.leandro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2156/projeto_de_decreto_no._01_pedro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2264/projeto_de_decreto_no._02_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2683/projeto_de_decreto_no._03_cida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2779/projeto_de_decreto_no._04_arion_.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2823/projeto_de_decreto_no._05_arion_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2830/projeto_de_decreto_no._06_deildo_.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2848/projeto_de_decreto_no._07_ceara.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2857/projeto_de_decreto_no._leandro.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2917/projeto_de_decreto_no._09_deildo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2923/projeto_de_decreto_n_10_cida_e_leandro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2924/projeto_de_decreto_no._11_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2928/projeto_de_decreto_no._13_ceara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2948/projeto_de_decreto_no._14_dr.leandro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="232" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>