--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -54,213 +54,213 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2297/requerimento_67_-_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2297/requerimento_67_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e a Presidente do Conselho Municipal de Educação, Sra. MARIA NEUZA DE SOUZA ROSA, requerendo que o conselho Municipal de Educação tome providências quanto a necessidade de contratação de monitores para os veículos/ônibus/vans que transportam estudantes no município de Nova Andradina.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>FABIO ZANATA, ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_24_-_fabio_e_alemao.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_24_-_fabio_e_alemao.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito municipal, Sr. JOSÉ GILBERTO GARCIA e à Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando que a prefeitura municipal adquira um Ônibus Rodoviário para atender a SEMEC (Secretaria Municipal de Educação, Esporte e Cultura), e a FUNAC (Fundação Novandradinense de Cultura).</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1948/ind_54_-_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1948/ind_54_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, e a Secretária Municipal de Educação, Cultura e Esporte, SRA. GIULIANA MASCULI POKRYWIECKI,  solicita com urgência a disponibilização de um ônibus para os alunos de Nova Casa Verde, que se deslocam para Nova Andradina para estudar nas faculdades, escolas, cursos e APAE.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2007/ind_88_-_arion.doc.docx</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2007/ind_88_-_arion.doc.docx</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Educação, Srª. GIULIANA MASCULI PORKRYWIECKI que seja feita avaliação de colocar um cuidador dentro dos ônibus escolares, que circulam em nossa cidade por causa do uso dos cigarros eletrônicos o que é proibido por resolução 46/2009.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando estudos para a viabilização da: _x000D_
 a) Implantação de Ponto de Ônibus com Cobertura em frente à Igreja Católica (Matriz) – ao lado do Estacionamento do Supermercado Rede Econômica;_x000D_
 b) Implantação de Ponto de Ônibus com Cobertura em frente ao Laboratório Municipal Nacim Abrão.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, ALEMÃO DA SEMENTE, DEILDO PISCINEIRO, FABIO ZANATA, JOÃO DAN - PDT, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2332/ind_259_-_gabriela_e_subscritos.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2332/ind_259_-_gabriela_e_subscritos.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Infraestrutura Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário de Serviços Públicos Sr. ROBERTO GINELL, solicitando a implantação, reforma e ampliação dos pontos de ônibus abaixo relacionados.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_333_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_333_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, solicitando um estudo viabilizando a criação de uma concorrência para transporte de ônibus circular no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>ANTONIO TOMAZ - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_376.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_376.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Deputado Federal, Sr. DAGOBERTO NOGUEIRA e a Deputada Estadual, Sra. MARA CASEIRO, solicitando a viabilização de Emenda Parlamentar para aquisição de um ônibus exclusivo para transporte de pacientes que realizam tratamento no Hospital de Amor de Barretos e Jales (ambas no estado de São Paulo).</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf</t>
   </si>
   <si>
     <t>INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do DEMTRAN, Sr. JOSÉ AUGUSTO DA SILVA SOBRINHO, solicitando a demarcação para estacionamento de ônibus, em frente à Escola Municipal Arco Iris e do CEINF Paulo da Silveira Fattor.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2807/ind_462_arion_e_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2807/ind_462_arion_e_cida.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Deputado Federal MARCOS POLLON, solicitando que seja disponibilizado uma verba de R$ 500.000,00 para aquisição de um ônibus para transportes de pacientes em tratamento de saúde para fora do domicilio.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2874/ind_486_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2874/ind_486_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Deputado Federal, Dr. LUIZ OVANDO-PP, ao Deputado FEDRAL, Sr. RODOLFO NOGUEIRA-PL (Gordinho do Bolsonaro) com cópia ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, ao Secretário Municipal de Finanças de Gestão, Sr. EMERSON NANTES DE MATOS, solicitando o apoio e a atenção de Vossas Excelências para a destinação de recursos financeiros por meio de Emenda Parlamentar no valor de R$ 1.000.000,00 (Um milhão de reais) com o objetivo específico de viabilizar a aquisição de 02 (dois) ônibus destinados à mobilidade dos pacientes do Hospital de Amor, localizados nas cidades de Jales e Barretos-SP.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -567,67 +567,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2297/requerimento_67_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_24_-_fabio_e_alemao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1948/ind_54_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2007/ind_88_-_arion.doc.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2332/ind_259_-_gabriela_e_subscritos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_333_cida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_376.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2807/ind_462_arion_e_cida.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2874/ind_486_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2297/requerimento_67_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1897/ind_24_-_fabio_e_alemao.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1948/ind_54_-_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2007/ind_88_-_arion.doc.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2332/ind_259_-_gabriela_e_subscritos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_333_cida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2589/indicacao_376.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_424_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2807/ind_462_arion_e_cida.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2874/ind_486_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="115.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>