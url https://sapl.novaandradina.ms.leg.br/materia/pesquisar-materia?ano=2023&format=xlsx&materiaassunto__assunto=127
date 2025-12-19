--- v0 (2025-10-22)
+++ v1 (2025-12-19)
@@ -67,294 +67,294 @@
     <t>60</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2242/requerimento_60_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 O Vereador que a este subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicita respostas sobre o oficio nº1011/GAB/PREF da indicação 478/2021, sobre as construções das duas pontes sobre o Córrego seco e do córrego samambaia no Assentamento Teijin em Nova Casa Verde. Solicito as seguintes informações, em outubro de 2022 após a licitação, a empresa contratada instalou placas nas pontes indicando a construção das pontes em concreto. Sendo assim:</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, DR. SANDRO - MDB</t>
+    <t>GABRIELA DELGADO, DR. SANDRO - MDB</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2361/requerimento_72_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, requerendo informações referentes aos caminhões de coleta de lixo e os caminhões caçamba.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, JOÃO DAN - PDT</t>
+    <t>MÁRCIA LOBO, JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2363/requerimento_73_-_marcia_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, solicitando as seguintes informações atualizadas sobre a regularização fundiária no distrito de Nova Casa Verde._x000D_
 a)	Quais as quadras e lotes dos terrenos que não foram requeridos pela população visto que essa informação foi solicitada através do requerimento 20/2023 e não foi obtida resposta._x000D_
 b)	A Comissão de Regularização Fundiária está se reunindo quantas vezes por mês?_x000D_
 c)	O Fundo de Desenvolvimento de Nova Casa Verde, previsto na lei nº 223 de 4 de junho de 2018 art. 13, foi criado?_x000D_
 d)	Houve investimento do valor arrecadado com as regularizações no distrito? _x000D_
 e)	Se sim, qual?_x000D_
 *mandar documentos comprobatórios</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2188/ind_178_-_marcia_lobo_e_gabriela.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação, Cultura e Esportes, Sra. GIULIANA MASCULI POKRYWIECKI e a Secretária de Cidadania e Assistência Social, Sra. DELMA PRADO solicitando a disponibilização de um educador físico, no período noturno, tendo disponibilidade para atender o projeto Damas da Bola e todas as mulheres na quadra Poliesportiva do Centro Esportivo de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2190/ind_180_-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito, Sr. JOSÉ AUGUSTO SOBRINHO, solicitando a Implantação de Bicicletários na extensão da Avenida Dilson Casarotto no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, JOÃO DAN - PDT, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, JOÃO DAN - PDT, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2249/ind_210_-_gabriela_arion_cida_joao_e_marcia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, SR. HENANDES ORTIZ, indicando que seja realizado estudo de viabilidade para que a equipe do CAPS possa realizar atendimentos no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2261/ind_214_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que providencie a implantação de um estacionamento e rampa de acessibilidades no canteiro central, na Avenida Dilson Casarotto esquina com a Rua Bianca Calixto em frente a construção da Cooperativa de Crédito Sicredi, no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, GABRIELA DELGADO - MDB, MÁRCIA LOBO - PODE</t>
+    <t>DEILDO PISCINEIRO, GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2266/ind_217-_deildo_gabriela_e_marcia.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e à Senadora, Sra. SORAYA THRONICKE, solicitando que seja realizada a construção da Sede Própria para atender os Programas Serviço de Convivência e Fortalecimento de Vínculo, Projeto Conviver e Jovem Aprendiz no distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2279/ind_224_-_leandro_e_subscritos.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. HERNANDES ORTIZ, solicitando a aquisição  de Um Carro de Emergência com desfibrilador, caixa com os laringoscópios, caixa com materiais  de intubação, tábua de compressão, suporte de soro e cilindro de oxigênio e equipado com armário móvel e gavetas suficientes para guarda de medicamentos (Lista anexa), materiais a serem utilizados em situação emergência e de urgência para atendimento aos moradores do Distrito de Nova Casa Verde e sua área de abrangência, estando disponível na ESF do Distrito.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO - PSDB</t>
+    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2292/ind_233_-_joao_dan_e_deildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado, Sr. EDUARDO RIEDEL, ao Diretor da AGESUL ESTADUAL, Sr. MAURO AZAMBUJA RONDON, com cópia para o Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, solicitando o estudo para a pavimentação ao longo da rodovia MS-340 até a MS-040, visando a melhoria do tráfego para o Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, GABRIELA DELGADO - MDB</t>
+    <t>JOÃO DAN - PDT, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2304/ind_238_-_joao_dan_e_gabriela.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando um estudo para realização do evento “Virada Cultural” a ser realizado em Nova Casa Verde.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2305/ind_239_-_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, ao Diretor-Presidente da FUNAEL, Sr. WILLIAN MORAES, e a Secretária Municipal de Cidadania e Assistência Social, Sra. DELMA PRADO CAVALCANTE, solicitando que seja realizado em Nova Casa Verde, o “Projeto Bairro Feliz".</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
+    <t>GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2322/ind_252_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Infraestrutura Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário de Serviços Públicos Sr. ROBERTO GINELL, solicitando a implantação de pontos de bike stop no município de Nova Andradina, incluindo o Distrito de Nova Casa Verde. Alguns dos Locais Indicados para a colocação dos mesmos seriam:</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2351/ind_262_-_cida_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Sr. Diretor-Presidente do DETRAN-MS, Sr. RUDEL TRINDADE JUNIOR e ao Gerente Regional do Departamento de Trânsito de Nova Andradina (DETRAN-MS), SR. RICARDO LIMA, reiterando a Indicação nº. 248/2022, solicitando a implantação de uma extensão do órgão do DETRAN-MS em Nova Casa Verde.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO - PSDB, JOSENILDO CEARÁ - PT</t>
+    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2354/ind_264_-_joao_dan_deildo_e_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao  Governador Estadual, SR. EDUARDO RIEDEL, ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao, e ao Diretor Presidente da ENERGISA-MS, Sr. MARCELO VINHAES MONTEIRO, solicitando que seja realizado melhorias na rede de destruição de energia elétrica para os Assentamentos de Nova Casa Verde e Nova Andradina, a substituição da rede de energia elétrica monofásica para a rede trifásica de energia elétrica.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2356/ind_266_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Coordenadora do Procon de Nova Andradina/MS, Sra. JAQUELINI SOUZA DURAN HERREIRO e a Secretaria Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, solicitando que  seja instalado um polo de atendimento do PROCON municipal no distrito de casa verde.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2360/ind_268_-_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e a Secretária Municipal de Educação, Cultura e esportes, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando estudo de viabilidade da criação de um polo do CIT (Centro de Idiomas e Tecnologia) no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2362/ind_269_-_marcia.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Planejamento e Administração, Sr. EMERSON NANTES DE MATTOS, solicitando a liberação do valor arrecadado com a regularização fundiária, que foi destinado ao Fundo de Desenvolvimento de Nova Casa Verde, para a construção de uma creche no distrito.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>