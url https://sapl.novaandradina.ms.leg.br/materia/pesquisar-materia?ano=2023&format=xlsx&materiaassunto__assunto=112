--- v0 (2025-12-23)
+++ v1 (2026-03-26)
@@ -54,388 +54,388 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_111_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_111_-_arion.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. Júlio César Castro Marques, requerendo as seguintes informações sobre a conclusão do asfalto da Rua Manoel Soares de Oliveira, no Bairro Argemiro Ortega._x000D_
 _x000D_
 a) Houve vistoria de finalização da obra? Caso não, quando será feita?_x000D_
 _x000D_
 b) A espessura e a qualidade do asfalto atenderam o padrão exigido em contrato?_x000D_
 _x000D_
 c) Relatório de Vistoria (Anexar fotos se houver).</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2767/requerimento_128_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2767/requerimento_128_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER À MESA DIRETORA, que seja encaminhado expediente ao Superintendente Regional do Departamento Nacional de Infraestrutura de Transportes (DNIT), Prefeito, Sr. EURO NUNES VARANIS JUNIOR, com cópia ao Deputado Estadual, JAMILSON NAME, requerendo as seguintes informações sobre a conclusão de restauração asfáltica da BR-376, entre os municipios de Nova Andradina e Ivinhema.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1876/ind_12_-deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1876/ind_12_-deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que sejam feitas melhorias na pavimentação asfáltica, por meio de “tapa buracos”, em toda extensão da Rua Tiozo Kai e nas proximidades da rotatória principal do Bairro Portal do Parque, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2065/ind_112_-_leandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2065/ind_112_-_leandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal o Sr. JOSÉ GILBERTO GARCIA, ao Secretário Estadual de Infraestrutura (SEINFRA) o Sr. HÉLIO PELUFO e ao Diretor Presidente da Agência Estadual de Gestão de Empreendimentos (AGESUL) o Sr. MAURO AZAMBUJA RONDON, solicitando as seguintes ações na área de pavimentação asfáltica:  (Fotos em anexo).</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_pavimentacao_asfaltica.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_pavimentacao_asfaltica.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja executado serviços de pavimentação asfáltica na rua Odilon Ribeiro dos Santos no itinerário passando entre a AGESUL até a 6ª fase do bairro Portal do Parque.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2272/ind_221-_arion_e_sandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2272/ind_221-_arion_e_sandro.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado do Mato Grosso do Sul, Sr. EDUARDO CORRÊA RIEDEL, Secretário de Estado de Governo e Gestão Estratégica, Sr. PEDRO ARLEI CARAVINA, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR, para que sejam providenciados estudos e a pavimentação asfáltica no Bairro Jardim Tropical em Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2292/ind_233_-_joao_dan_e_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2292/ind_233_-_joao_dan_e_deildo.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado, Sr. EDUARDO RIEDEL, ao Diretor da AGESUL ESTADUAL, Sr. MAURO AZAMBUJA RONDON, com cópia para o Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, solicitando o estudo para a pavimentação ao longo da rodovia MS-340 até a MS-040, visando a melhoria do tráfego para o Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2295/ind_235_-_cida.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2295/ind_235_-_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Deputado Federal, Sr. RODOLFO OLIVEIRA NOGUEIRA, solicitando recursos financeiros por meio de Emenda Parlamentar, para que seja providenciada a pavimentação asfáltica no prolongamento da Rua Professora Vera Lúcia Pigari Baptista, que fica localizada entre a Rua Joaquim Alves de Souza e a Rua Odilon Ribeiro dos Santos em Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2312/ind_245_-_vereadores_subscritos_vai_entrar_dia_27.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2312/ind_245_-_vereadores_subscritos_vai_entrar_dia_27.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Estado, de Infraestrutura Sr., HÉLIO PELUFO e ao Secretário de Governo e Gestão Estratégica, Sr. PEDRO ARLEI CARAVINA solicitando Pavimentação Asfáltica do Entroncamento da BR 267 – Manoel da Costa Lima ao Entroncamento da MS – 040 – Extensão da MS 134 passando em frente da Granja Yabuta (Cerca de 06 km de Pavimentação asfáltica).</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, JOÃO DAN - PDT, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2353/ind_263_-_deildo_josenildo_e_joao_dan.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2353/ind_263_-_deildo_josenildo_e_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente Governador do Estado de Mato Grosso do Sul, Sr. EDUARDO RIEDEL, a Senadora Soraya Vieira Thronicke ao Deputado Estadual, Sr. ZECA DO PT, ao Secretário de Estado de Infraestrutura e Logística, Sr. Hélio Peluffo Filho, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e a Secretaria Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES,  solicitando que sejam disponibilizados recursos para Pavimentação asfáltica das Linhas principais dos Assentamentos Teijin, Santa Olga e São João no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2384/ind_275_-_cida_deildo_arion_leandro_e_sandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2384/ind_275_-_cida_deildo_arion_leandro_e_sandro.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que seja restaurado o piso, por pavimentação asfáltica, na Avenida Rio Brilhante, compreendido entre a Avenida José Heitor de Almeida Camargo até a Rua Santa Lúcia e a Rua Espírito Santo até a Avenida Rio Brilhante.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2455/ind_302_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2455/ind_302_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia, ao Secretário Municipal de Infraestrutura, Sr. Júlio César Castro Marques, para que seja providenciados esforços no sentido de cadastrar proposta de interesse em emendas do Programa 2219 – Ação 00T1 – Apoio a Política Nacional de Desenvolvimento Urbano Voltado à Implantação e Qualificação Viária – RP8 do Ministério das Cidades via TransfereGov._x000D_
 Tal projeto, tem o objetivo de conseguir recursos para a Pavimentação_x000D_
 Obras e Serviços de Engenharia.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Gerente Regional da Agesul – Nova Andradina, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES e ao Diretor do Departamento Municipal de Trânsito (DEMTRAN), Sr. JOSÉ AUGUSTO SOBRINHO, solicitando para que seja providenciada com urgência a pavimentação asfáltica e a Implantação de placas com sinalização e identificação da Travessa Antônio Fausto Rodrigues do Bairro Monte Carlo de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja executado serviços de pavimentação asfáltica nas ruas do itinerário nas dependências da empresa Viposa.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2500/ind_332_-_fabio.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2500/ind_332_-_fabio.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Secretário de Infraestrutura do Estado, Sr. EDUARDO RIEDEL e, ao Superintendente Regional do Departamento Nacional de Infraestrutura de Transportes -  DNIT, Sr. EURO NUNES VARANIS JÚNIOR, com cópia para o Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, solicitando a que sejam executados os serviços de manutenção e restauração asfáltica no acostamento da Rodovia MS-473 na altura do KM 30 que necessita de reparo antes das chuvas, como um todo em sua extensão entre Nova Andradina até o  IFMS (Instituto Federal de Mato Grosso do Sul).</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_334_-_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_334_-_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja executado serviços de pavimentação asfáltica na rua Elizabeth Robiano na altura do número 330 no bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2523/ind_345_-_marcia_lobo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2523/ind_345_-_marcia_lobo.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, indicando um estudo de abertura de rua, interligando as Ruas 7 de Setembro com a Rua José Dan e pavimentação asfáltica da Rua José Dan - Bairro Pedro Pedrossian (Cohab III).</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2547/ind_352_-_sandro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2547/ind_352_-_sandro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando de reparo no pavimento asfáltico do bairro Residencial Walter Fernandes nos seguintes pontos :_x000D_
 a)	Cruzamento da Avenida Luiz Carlos de Barros e Rua Francisco Cuer._x000D_
 b)	Cruzamento da Avenida Luiz Carlos de Barros e Rua Manuel Luiz da Silva.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2557/ind_357_-_wilson_-_dia_5_do_setembro.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2557/ind_357_-_wilson_-_dia_5_do_setembro.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando serviços de pavimentação asfáltica em ruas ainda não pavimentadas e implantação de rede de esgoto no complemento do bairro Irmã Ribeiro.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_375_-_alemao.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_375_-_alemao.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES e ao Diretor Regional da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, solicitando que de acordo com o Ofício 001/2023 (Anexo – com fotos), oriundo do Munícipe, Sr. Edicarlos Luiz Ferreira, residente e domiciliado à Chácara Tropical, na MS 473, cerca de 2.600 metros do perímetro urbano, que os órgãos competentes possam tomar providências referentes ao Impacto Ambiental e material causado na propriedade do solicitante com a Implantação da Pavimentação Asfáltica na MS – 473.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2612/ind_381_-_deildo_-_gabriela.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2612/ind_381_-_deildo_-_gabriela.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CESAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam feitas melhorias na pavimentação asfáltica, por meio de “recapeamento”, na extensão da Avenida Dilson Casarotto no Distrito de Nova Casa Verde, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_445_-_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_445_-_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia, ao Secretário Municipal de Infraestrutura, SEMINFRA, Sr. Júlio César Castro Marques, solicitando que seja efetivado encaminhamento de propostas ao Ministério da Integração e do Desenvolvimento Regional, com o intuito de conseguir recursos através de Emenda Parlamentar com a finalidade de ser aplicadas em obras. Serviços de Engenharia e Pavimentação nas ruas do parque industrial, Distrito de Nova Casa Verde, e Bairro Jardim Tropical, através do RP8 - Ação 00SX - Apoio a Projetos de Desenvolvimento Sustentável Local Integrado, onde estas propostas devem ser efetivadas até a data limite de 30/11/2023 para a submissão de projetos, e ao Programa 2219 - Ação 00T1 - Apoio a Política Nacional de Desenvolvimento Urbano Voltado a Implantação e Qualificação Viária - RP8, que tem data limite de 29/12/2023 para a submissão de projetos, no Ministério das Cidades.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2800/ind_460_wilson.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2800/ind_460_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando pavimentação asfáltica na Rua Sete de Setembro, no Bairro Pedro Pedrossian.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2935/ind_501-_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2935/ind_501-_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal de Nova Andradina-MS, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando Pavimentação asfáltica e instalação de luminárias com lâmpadas Led, na estrada que dá acesso ao Loteamento Adilson Rafael dos Santos, entre a Rua Israel da Silva Nantes (antiga Estrada Boiadeira) e a Rodovia MS 473, (Destino Taquarussu), município de Nova Andradina – MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -742,67 +742,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_111_-_arion.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2767/requerimento_128_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1876/ind_12_-deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2065/ind_112_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_pavimentacao_asfaltica.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2272/ind_221-_arion_e_sandro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2292/ind_233_-_joao_dan_e_deildo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2295/ind_235_-_cida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2312/ind_245_-_vereadores_subscritos_vai_entrar_dia_27.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2353/ind_263_-_deildo_josenildo_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2384/ind_275_-_cida_deildo_arion_leandro_e_sandro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2455/ind_302_-_arion.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2500/ind_332_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_334_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2523/ind_345_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2547/ind_352_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2557/ind_357_-_wilson_-_dia_5_do_setembro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_375_-_alemao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2612/ind_381_-_deildo_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_445_-_arion.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2800/ind_460_wilson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2935/ind_501-_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2671/requerimento_111_-_arion.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2767/requerimento_128_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/1876/ind_12_-deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2065/ind_112_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2263/indicacao_pavimentacao_asfaltica.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2272/ind_221-_arion_e_sandro.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2292/ind_233_-_joao_dan_e_deildo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2295/ind_235_-_cida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2312/ind_245_-_vereadores_subscritos_vai_entrar_dia_27.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2353/ind_263_-_deildo_josenildo_e_joao_dan.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2384/ind_275_-_cida_deildo_arion_leandro_e_sandro.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2455/ind_302_-_arion.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2477/ind_313_-_cida_entra_dia_15.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_318_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2500/ind_332_-_fabio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_334_-_wilson.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2523/ind_345_-_marcia_lobo.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2547/ind_352_-_sandro.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2557/ind_357_-_wilson_-_dia_5_do_setembro.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_375_-_alemao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2612/ind_381_-_deildo_-_gabriela.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_445_-_arion.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2800/ind_460_wilson.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2023/2935/ind_501-_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>