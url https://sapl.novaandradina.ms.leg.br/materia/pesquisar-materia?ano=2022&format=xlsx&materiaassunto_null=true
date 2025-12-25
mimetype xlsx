--- v0 (2025-10-22)
+++ v1 (2025-12-25)
@@ -51,108 +51,108 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1156/plc_03_-_mesa_diretora.doc</t>
   </si>
   <si>
     <t>“Concede reajuste de vencimentos aos servidores da Câmara Municipal de Nova Andradina – MS, ratifica a revisão geral anual conferida pelo Poder Executivo aos servidores Municipais, altera a lei complementar nº.135/2012 e dá outras providências”.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT</t>
+    <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1555/projeto_de_lei_28_-_ceara.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de capacitação de cuidadores de pessoas com Transtorno de Espectro Autista – TEA no município e dá outras providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1636/projeto_de_lei_35_-dr.leandro_e_joao.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação da “Rua 2”, no Bairro San Remo, localizado na área urbana do município de Nova Andradina, Estado de Mato Grosso do Sul, que passa a ter a seguinte denominação “RUA ALCIDES REMELLI” e dá outras providências”.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
+    <t>GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1163/proposta_emenda_no_002-2022-_gabriela_delgado.doc</t>
   </si>
   <si>
     <t>Proposta de Emenda ao Projeto de Lei Ordinária do Legislativo Nº.25/2021 que “Dispõe sobre criação de um programa de incentivo à contratação de mulheres em situação de violência doméstica, programa “ESPERANÇA PARA ELAS” no âmbito do município de Nova Andradina e dá outras providencias”.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1789/emenda_modificativa_arion.doc</t>
   </si>
   <si>
     <t>Altera dispositivos do Projeto de Lei Complementar nº 05/2022.</t>
   </si>
@@ -1201,51 +1201,51 @@
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº. 42, DE 01 DE DEZEMBRO DE 2022, que “Dispõe sobre a implantação de Condomínios Horizontais de Lotes no Município de Nova Andradina-MS e dá outras providências”.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1854/parecer_no_85-2022-_pl_29_executivo.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 29, de 25 de Novembro de 2022, que Altera a Lei Municipal nº. 993, de 1º de Setembro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>PARECER RELATOR ESPECIAL</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO</t>
+    <t>WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1042/parecer_relator_especial_no_01-2022-plc_no_01_revisao.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Projeto de Lei Complementar Nº 01, de 03 de Janeiro de 2022 Que “Concede revisão geral anual de vencimentos aos servidores da Câmara Municipal de Nova Andradina – MS e dá outras providências”.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1043/parecer_relator_especial_no_02-2022-plc_no_01_revisao_executivo.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Projeto de Lei Complementar nº 1, de 3 de Janeiro de 2022 que “Concede reajuste aos servidores dos cargos efetivos e de provimento em comissão pertencentes ao Quadro de Pessoal do Poder Executivo, e dá outras providências”.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1044/parecer_relator_especial_no_03-2022-pl_no_01_termo_de_cooperacao.doc</t>
   </si>
@@ -1321,51 +1321,51 @@
 _x000D_
 ASSUNTO: PROJETO DE LEI Nº. 15, de 27 de junho de 2022 que Cria o “Projeto Pé na Estrada: Lá Vamos Nós” para os idosos integrantes do Centro de Convivência Aparecida Mourão de Nova Andradina - CONVIVER, e dá outras providências”.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1485/parecer_relator_especial_no_11-2022-pr_no_03_mesa_diretora.doc</t>
   </si>
   <si>
     <t>PARECER DO RELATOR ESPECIAL Nº 11, DE 05 DE JULHO DE 2022_x000D_
 _x000D_
 _x000D_
 ASSUNTO: PROJETO DE RESOLUÇÃO Nº. 03, de 30 de junho 2022 que “Altera a resolução n. 06/1990 (Regimento Interno da Câmara Municipal de Nova Andradina MS), e da outras providências”.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1297/requerimento_54_-_marcia_cida_e_gabi.doc</t>
   </si>
   <si>
     <t>Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Mun. de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, solicitando as seguintes informações sobre o Concurso de Provas e Títulos da PM:_x000D_
 a)	Quais cargos existem em vacância no município? Em caso positivo, solicitamos lista especificada com quantidade e cargos disponíveis por Secretaria._x000D_
 b)	Quantos veículos pesados estão em posse de todas as Secretárias e quantos servidores concursados como motorista de veículo pesados estão trabalhando atualmente?_x000D_
 c)	Quantos cargos de Técnico de Serviços Organizacionais existem atualmente? Existe vacância neste cargo atualmente? Quais setores atualmente necessitam de convocação de técnicos de serviços organizacionais?_x000D_
 d) Por força de Lei Federal, para diminuir os impactos da COVID-19, o município ficou impedido de convocar novos servidores por concurso, atualmente qual a projeção de convocar novos servidores? Visto que há vários setores da prefeitura está com déficit de mão de obra.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1309/requerimento_56_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, requerendo as seguintes informações referente ao Hemosul – Nova Andradina:_x000D_
 a)	Há disponibilidade da cedência de 01 (um) Farmacêutico/Bioquímico para realização de prova cruzada no período noturno (sobre aviso), finais de semana e feriados para o Hemosul – Nova Andradina?_x000D_
 b)	 Se sim, qual a previsão para tal cedência? Caso não, qual o motivo?</t>
   </si>
   <si>
     <t>1357</t>
   </si>
@@ -1385,66 +1385,66 @@
   </si>
   <si>
     <t>REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, ROBERTO GINELL, e ao Gerente dos Correios de Nova Andradina/MS, Sr. LUIZ HENRIQUE TORRES DOS SANTOS JÚNIOR, requerendo as seguintes informações sobre o Conjunto Residencial Walter Fernandes: _x000D_
 _x000D_
 a)	As correspondências e encomendas estão sendo entregues normalmente?_x000D_
 b)	Referente ao item acima, se não, qual o motivo? Caso sim, enviar documentos comprobatórios.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1387/requerimento_65_-2022-subscritos.doc</t>
   </si>
   <si>
     <t>REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão Ordinária em 1ª discussão e votação, dispensando as normas regimentais em contrário: _x000D_
 _x000D_
 Projeto de Lei Nº. 3, de 9 de fevereiro de 2022 que “Dispõe sobre alteração da Lei 993/2011, e dá outras providências”.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1401/requerimento_66_-_marcia_gabi_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Diretor Geral de Administração Tributária, Sr. SÉRGIO DIAS MAXIMIANO, solicitando a seguintes informações:_x000D_
 a)	Qual a quantidade existente de imóveis cadastrados no município?_x000D_
 b)	Favor encaminhar arquivo com a planta genérica de imóveis atualizada._x000D_
 c)	Favor informar detalhadamente relação de imóveis que esteja em nome do município.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT, PEDRO SOARES - REPUBLICANOS</t>
+    <t>JOSENILDO CEARÁ, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1412/requerimento_67_ceara_e_pedro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, solicitando as seguintes informações sobre Infecções Sexualmente Transmissíveis e cuidados com a prevenção da gravidez na adolescência:_x000D_
 a)	Estão acontecendo ações de prevenção a Gravidez na adolescência? Se sim. Quais ações a Secretaria está desenvolvendo?_x000D_
 b)	Referentes aos cuidados com infecções sexualmente transmissíveis: Quais são os números atualizados de contágios por Sífilis em Nova Andradina?_x000D_
 c)	Quais procedimentos e ações estão sendo realizados em relação às infecções sexualmente transmissíveis no município?</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1422/requerimento_120_cosip.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, considerando que no ano de 2021, através do requerimento nº120/2021 o qual consta em anexo, questionamos o senhor Prefeito e secretários responsáveis, quanto a economia gerada pela troca de lâmpadas convencionais pelas lâmpadas de LED efetuado pela prefeitura, na oportunidade o executivo nos respondeu que era impossível informar acerca da economia, levando em consideração, que substituição das lâmpadas não foi concluída. Deste modo cabe-nos questionar:</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1477/requerimento_76_-2022-subscritos.doc</t>
   </si>
@@ -1581,51 +1581,51 @@
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1557/requerimento_91_cida.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretária Municipal de Educação Sra. GIULIANA MASCULI POKRYWIECKI, solicitando informações PROCESSO ADMINISTRATIVO N° 96394/2021, FLY Nº.: 0333.0005973/2021PREGÃO PRESENCIAL N° 137/2021,CONTRATADA: LOANA DE ALMEIDA OBJETO: Aquisição de 750 (setecentos e cinquenta) computadores portáteis de sistema Operacional simplificado e 20 (vinte) gabinetes de recarga com capacidade para até 40 (quarenta) unidades, para atender aos alunos da Rede Municipal de Ensino do Município, conforme solicitação nº 1184/2021 e CI nº 308/2021, questiona-se nas seguintes alíneas;_x000D_
 A.	Em que data foram entregues os computadores portáteis e os gabinetes de recarga pela empresa contratada?_x000D_
 B.	Quais unidades escolares municipais foram ou serão beneficiadas com aquisição dos computadores portáteis e os gabinetes de recarga? Relacione._x000D_
 C.	Solicita-se o envio da lista numérica por unidades escolares municipais contempladas, relatando quantidade de computadores portáteis e os gabinetes de recarga com suas devidas codificações._x000D_
 D.	Solicita-se os relatórios de todo o processo administrativo na aquisição dos computadores portáteis e os gabinetes de recarga, bem como suas referidas atas._x000D_
 E.	Foi concluído todas as instalações dos computadores portáteis e os gabinetes de recarga? Se sim, envie o relatório de conclusão. Se não, informe as unidades escolares municipais beneficiadas e as unidades escolares faltantes.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, JOSENILDO CEARÁ - PT</t>
+    <t>GABRIELA DELGADO, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1562/requerimento_92_-2022_gabi_e_ceara.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Estado de Infraestrutura, Sr. RENATO MARCÍLIO, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉZAR CASTRO MARQUES, e a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES, requerendo informações sobre A caixa de amortização da velocidade das águas, obra que está sendo realizada próximo ao Cemitério Municipal, referente ao Programa de Combate a Erosão da Fazenda Baile:</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1582/requerimento_94_-2022-subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, em conformidade com o Regimento Interno desta Casa Legislativa, REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão Ordinária em 1ª. discussão e votação, dispensando as normas regimentais em contrário: _x000D_
 _x000D_
 PROJETO DE RESOLUÇÃO Nº. 05, de 12 de agosto de 2022 que “Dispõe sobre baixa e transferência de bens inservíveis pertencentes à Câmara Municipal de Nova Andradina – MS</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
@@ -1638,51 +1638,51 @@
 c)	Os Cargos comissionados do Projeto/cargos do concurso serão alocados em quais setores?_x000D_
 d)	Quais serão as atribuições dos cargos Comissionados?_x000D_
 e)	Quais servidores que os Cargos comissionados irão chefiar/assessorar/prestar serviços?</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1660/requerimento_104_-2022-subscritos.pdf</t>
   </si>
   <si>
     <t>REQUEREM À MESA DIRETORA, que o Projeto abaixo discriminado seja considerado em REGIME DE URGÊNCIA ESPECIAL, entrando na presente Sessão extraordinária em 1ª. discussão e votação, dispensando as normas regimentais em contrário: _x000D_
 _x000D_
 PROJETO DE LEI Nº 22, DE 12 DE SETEMBRO DE 2022 que dispõe sobre as alterações e acréscimos na Lei Ordinária Municipal 1.430/2018, e dá outras providências.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1691/requerimento_-_pavimentacao_asfaltica_-_rua_antonio_duarte.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que estas secretárias competentes de gestão repassem ao Legislativo Municipal as seguintes informações sobre a danificação da malha asfáltica da Rua Antônio Duarte, entre a Avenida Eurico Soares Andrade e a Rua Espirito Santo, do Município de Nova Andradina – MS:_x000D_
 a)	Quando ocorreu a pavimentação da referida via?_x000D_
 b)	Qual empresa foi contratada para efetuar os serviços de Pavimentação da Via?_x000D_
 c)	Há alguma justificativa para a malha ter sido danificada em tão pouco tempo?_x000D_
 d)	A prefeitura acionou a empresa para realizar as correções e manutenção da Via?_x000D_
 e)	Existe um plano e prazo para realizar as correções desta Via</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1696/req._slides_audiencias.doc</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças, Sr. EMERSON NANTES DE MATOS, ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA, e ao Diretor Geral do Hospital Regional Francisco Dantas Maniçoba, Sr. NORBERTO FABRI, requerendo as seguintes informações em mídia digital: _x000D_
@@ -1742,315 +1742,315 @@
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1059/indicacao_-__rocagem_e_limpeza_avenida_antonio_joaquim_de_moura_andrade_e_br-376.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor Executivo de Assessoramento da Agesul, Sr. HUMBERTO TEIXEIRA SALES, solicitando os seguintes serviços:_x000D_
 a)	Serviço de roçagem e limpeza dos canteiros centrais e laterais na Avenida Antônio Joaquim de Moura Andrade a partir da Ford Divali Veículos;_x000D_
 b)	Serviço de roçagem e limpeza dos canteiros laterais na BR-376 até a entrada do Frigorifico JBS;_x000D_
 c)	Serviço de manutenção das placas caídas a margem da BR-376 próximo ao Distrito Industrial.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1069/modelo_indicacao_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja executado serviços de tampa buracos da rua Waldemar do Carmo Martins no Bairro Vila Beatriz, na altura do número 1672.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1072/indicacao_002_-_isencao_de_iptu.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão Sr. EMERSON NANTES DE MATTOS solicitando um estudo para viabilizar a extinção de pagamento de IPTU para mutuários do programa minha casa minha vida (faixa social), que residem em áreas de desfavelamentos e de loteamentos sociais executados pelo poder público.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1073/indicacao_003-_corredor_faunistico_-_marcia_lobo.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado Sr. HERNADES ORTIZ e ao Superintendente Regional do DNIT no estado de Mato Grosso do Sul, Sr. EURO NUNES VARANIS JUNIOR solicitando estudo para criação de vários corredores faunísticos e recuo das matas as margens na rodovia MS 134.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1075/indicacao_-_traffic_calming_escola_estadual_professora_nair_palacio_de_souza.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando reparo no traffic calming em frente à Escola Estadual Professora Nair Palácio de Souza.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1077/aslfato_avenida_manoel_costa_lima_oficial.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado ao Prefeito Municipal Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, reiterando a indicação nº 528/2021, que solicita que seja feita a recuperação e nivelamento da malha asfáltica da Avenida Manoel Costa Lima ao lado da rodovia, sendo esta, uma das entradas principais de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1079/indicacao1_-_renovacao_de_contrato_das_aulas_karate.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, sr. JOSÉ GILBERTO GARCIA, com cópia a Secretária Municipal de Educação, Cultura e Esporte, Sra., GIULIANA MASCULI POKRIWIECKI, solicitando a viabilização de Renovação do contrato com o Projeto de Treinamento de Karatê no Assentamento Santa Olga, e a inserção de Projeto Similar nos Assentamentos Teijin e Angico.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1080/indicacao_continidade_de_servico_de_imagem_2.doc</t>
   </si>
   <si>
     <t>OO Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO remetendo cópia integral da mesma para o Secretário Estadual de Saúde, Sr. GERALDO RESENDE, solicitando a continuidade do programa Rede Digital de Imagens Estadual (REDIME), referente ao termino de vigência do contrato 69/2015, pois tal descontinuidade acarretará em grandes perdas aos munícipes e também aos pacientes do Vale do Ivinhema que depende do Hospital Regional – FUNSAU.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, DEILDO PISCINEIRO - PSDB, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, DEILDO PISCINEIRO, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1084/ind_24_gabi_marcia_deildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado de MS, Sr.  REINALDO AZAMBUJA, e ao Secretário de Estado de Infraestrutura, Sr. EDUARDO RIEDEL, com copias ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, solicitando estudos para acrescentar junto ao projeto de pavimentação asfáltica, a Construção de Ciclovia na MS-276 (Rodovia Jose Xavier Prates) entre os trechos da rotatória da Rodovia MS-473(Rodovia Jesus Ferreira Neves) e a rotatória da MS-134(Rodovia Alcides Saovesso).</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1088/ind._002_playgroud_012554656545656.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA,  e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando realização de estudos sobre a viabilidade de IMPLANTAÇÃO DE PLAYGROUND E SERVIÇO DE LIMPEZA E MANUTENÇÃO NA PRAÇA ANTONIO CAPUCI.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1095/indicacao_mutirao_da_limpeza_dos_bairros_durval_andrade_filho_e_outros.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretario de Municipal de Serviços Públicos-SEMUSP Sr. ROBERTO GINELL, solicitando que seja viabilizado Mutirão de limpeza nos Bairros Durval Andrade Filho, Argemiro Ortega e Bela Vista I e II.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, GABRIELA DELGADO - MDB, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, GABRIELA DELGADO, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1096/ind_108_wilson_gabriela_josenildo_edeildo_leandro_sandro_e_pedro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO e ao Secretário Estadual de Saúde, Sr. GERALDO RESENDE, solicitando reforma do prédio e aquisição de novos equipamentos ao Centro de Referência à Saúde da Mulher.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1103/ind_32_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente a Deputada Estadual, Sra. ROSE MODESTO, ao Senador, Sr. NELSON TRAD FILHO, e a Senadora, Sra. SORAYA TRONICK, com cópia ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, solicitando apoio a fim de viabilizar Emenda Parlamentar para aquisição e Implantação de Cobertura da Quadra do Instituto Federal de Mato Grosso do Sul, Campus de Nova Andradina.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1104/ind_33_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a instalação de “Lixeiras” na ESF (Estratégia Saúde da Família) do Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1106/ind_34_gabi.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando realização de estudos para viabilidade de realização de Reforma e revitalização dos playgrounds das praças do município e realizar a troca do gramado sintético da Praça Querenciano Cecílio de Lima.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, ARION AISLAN DE SOUSA - PL, JOÃO DAN - PDT, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL, JOÃO DAN - PDT, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1107/ind_35_gabi_marcia_joao_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando realização de estudos de viabilidade para a Construção de uma unidade de ESF no Assentamento Angico.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO - MDB, MÁRCIA LOBO - PODE</t>
+    <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1109/ind_36_marcia_gabi_cida_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado Sr. HERNANDES ORTIZ, solicitando Estudos e Parceria para a implantação do curso EMPRETEC do SEBRAE no município.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB</t>
+    <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1111/ind_37_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a Implantação de Faixa de Pedestres no encontro das Ruas Luiz Antônio da Silva e Cristo Rei.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1112/ind_38_pedro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, solicitando a Implantação no Site da Prefeitura Municipal de Nova Andradina-MS - Aplicativo para Retirada de Guia de Recolhimento Específico de Tributos.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1114/ind_39_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de estacionamento no canteiro central na Avenida Dilson Casarotto entre as Ruas Marechal Rondon e Anaurilândia, no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>CIDA DO ZÉ BUGRE - PODE, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO - MDB, MÁRCIA LOBO - PODE</t>
+    <t>CIDA DO ZÉ BUGRE - PODE, ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1115/ind_40_cida_marcia_gabi_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que  esta subscrevem nos termos regimentais vigentes depois de ouvido o Plenário, INDICAM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e a Secretária Municipal de Cidadania e Assistência Social – SEMCIAS, Srª JULIANA CAETANO ORTEGA,solicitando que seja reativado na casa da gestante o projeto “Oficina do Sonho”, destinado a gestante.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1116/ind_41_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de um redutor de velocidade/ondulação transversal, na Avenida Dilson Casarotto entre as ruas Luis Cláudio Josué e Luiz Jungs no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>FABIO ZANATA - MDB</t>
+    <t>FABIO ZANATA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1117/ind_42_fabio.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, reiterando a indicação 34/2021, solicitando que sejam realizados estudos técnicos para construção de uma praça entre as ruas Florêncio de Mattos e Luiz Antônio da Silva, localizada no bairro Vila Beatriz, contendo os seguintes itens:_x000D_
 •	Quadra de Areia Iluminada_x000D_
 •	Academia ao Ar Livre_x000D_
 •	Brinquedos Coloridos</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1118/ind_43_wilson_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO, solicitando que seja contratado médico Endocrinologista e um médico especialista em cirurgia bariátrica, para que possa atender a demanda dos munícipes que precisam de atendimento.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1120/ind_44_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador  que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER A MESA DIRETORA que seja encaminhado expediente ao prefeito, Sr. JOSE GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES, e a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando que seja realizado manutenção e reforma nos ônibus  escolares principalmente os que fazem as linhas rurais, sendo que da linha Laranjal está em pior condição.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO - MDB</t>
+    <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1121/ind_45_cida_e_gabi.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Governo do Estado Sr. REINALDO AZAMBUJA e ao Diretor Presidente da Sanesul Sr. WALTER CARNEIRO JÚNIOR, e também ao Deputado Estadual, Sr. JOSE CARLOS BARBOSA, solicitando que seja viabilizada a instalação da rede de esgoto nos Bairros: Bela Vista, Vila Santo Antônio e na Rua Cristo Rei, compreendendo o trecho do nº 2467(ultima quadra) no município de Nova Andradina/MS.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1123/ind_46_leandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a restauração e nivelamento da Rua Joaquim Sampaio Neto, trecho entre a Avenida Joaquim de Moura Andrade e Rua Walter Hubacher (fotos em anexo).</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI, WILSON ALMEIDA - UNIÃO</t>
+    <t>GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1124/ind_47_leandro_gabi_wilson_deildo_marcia_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando para a Praça Queneciano Cecílio de Lima e do Parque Infantil:_x000D_
 _x000D_
 a)	Reparos/Restauração dos Brinquedos do Parque Infantil (fotos em anexo);_x000D_
 b)	Placa de Informação sobre o brinquedo específico a crianças que fazem uso de cadeiras de rodas (fotos em anexo);_x000D_
 c)	Restauração dos alambrados que cercam o Parque Infantil;_x000D_
 d)	Cuidados Ambientais no que tange aos pombos que ali permanecem;_x000D_
 e)	Limpeza dos bancos e mesas da Praça.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1129/ind_48_arion_-_sec_de_servicos.docx</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido oPlenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Exmo Sr.  Prefeito Municipal, José Gilberto Garcia e o Secretário Municipal de Serviços Públicos, Sr°. Roberto Ginell, solicitando a limpeza e desobstrução dos tubos de escoamento de águas pluviais da rotatória, localizada na saída de Nova Andradina -MS para Batayporã-MS</t>
   </si>
@@ -2063,84 +2063,84 @@
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de um redutor de velocidade/ondulação transversal, na Avenida Dilson Casarotto entre as ruas, Travessa da Cunha e Anaurilândia, sentindo saída para a rodovia MS 134, no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1132/ind_51_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de estacionamento no canteiro central na Avenida Dilson Casarotto entre as Ruas Travessa da Cunha e Anaurilândia, no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1133/ind_52_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja feita a “Restauração e/ou Substituição” de Bloquetes Intertravados das Vias Públicas no Bairro Centro Educacional, município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
+    <t>GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1136/ind_53_gabi_e_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, solicitando realização de estudos para a viabilização de turnos ampliados nos CEINFS, vislumbrando atender as crianças em que os responsáveis trabalham no comercio até as 18:00 horas.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, GABRIELA DELGADO - MDB, WILSON ALMEIDA - UNIÃO</t>
+    <t>DEILDO PISCINEIRO, DR. SANDRO - MDB, GABRIELA DELGADO, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1139/ind_54_gabriela_deildo_wilson_e_sandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja viabilizado estudos para reparos dos bueiros em torno do Hospital do Amor e o calçamento ecológico na Rua Elio Fronha, entre a Avenida Reitor Peró e a Avenida Hormindo Alves Pereira.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1141/ind_55_-_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Diretor Executivo da Rede Centro Oeste de Rádio e Televisão Ltda., Sr. MAURICIO ANDREOLI, solicitando realização de estudos quanto à possibilidade de instalação de retransmissora HDTV (alta definição), para que seja emitido sinal das emissoras de televisão BANDTV e SBT, atendendo assim o município de Nova Andradina/MS.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO - PODE</t>
+    <t>CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1142/ind_56_marcia_cida.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal Saúde Sr. SERGIO DIAS MAXIMIANO, e ao Diretor da FUNSAU-NA, Sr. NORBERTO FABRI JÚNIOR, reiterando a Indicação nº 234/20211, indicando a instalação e funcionamento de uma Unidade Centro de Parto Normal.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1143/ind_57_-_marcia.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a instalação de bicicletários nos condomínios Maria Augusta Ferreira de Oliveira e Zulmira Cesar de Oliveira.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1144/ind_58_leandro_e_sandro.doc</t>
   </si>
@@ -2183,51 +2183,51 @@
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Deputado Estadual, Sr. ANTONIO VAZ reiterando a Indicação nº192/2021, que solicita que seja criado/construído CENTRO DE APOIO A AUTISTAS, para atender os portadores de autismos em Nova Andradina e toda região do vale Ivinhema, Junto ao governo do Estado REINALDO AZAMBUJA. Também que seja viabilizada emendas para construção das instalações físicas do CENTRO DE APOIO A AUTISTAS em Nova Andradina MS.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1152/ind_63_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, Solicitando que seja executado serviços de limpeza e desobstrução de bueiros e melhorias na canalização das aguas pluviais na Rua  Armando Félix de Sá no Bairro Jardim Ipanema.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1153/ind_64_wilson_e_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, Solicitando que seja realizado medidas de contenção das aguas pluviais que estão gerando erosão na estrada rural que dá acesso a o pesqueiro Campestre.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO - PSDB</t>
+    <t>MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1159/ind_65_marcia_deildo_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Estadual de Infraestrutura Sr. EDUARDO CORREA RIEDEL, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES solicitando o estudo de implantação de uma boca de lobo no prolongamento da  Avenida Antônio Joaquim de Moura Andrade, em frente à loja Concórdia home center.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1160/ind_66_gabi.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Educação Cultura e Esporte, SR. GIULIANA MASCULI POKRYWIECKI, e ao Diretor de Transporte Escolar, SR. EMERSON JOSE ALVES DA SILVA, solicitando que sejam contratados Monitores de transporte escolar para os ônibus que transportam os alunos para as escolas do Município de Nova Andradina e Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1161/ind_67_gabi.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Meio Ambiente e Desenvolvimento, Sr. HERNANDES ORTIZ, solicitando realização de estudos de viabilidade de mudança de local do Aterro para destinação de Resíduos da Construção Civil e Resíduos Sólidos.</t>
   </si>
@@ -2261,51 +2261,51 @@
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando serviço de tapa buracos e reparo nas bocas de lobo no cruzamento da Rua Professor João de Lima Paes e Arthur da Costa e Silva.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1169/ind_71_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando serviço de tapa buracos no cruzamento da Rua Lourenço Ferreira Lopes e Avenida Reitor Peró no bairro Almesinda Costa Souza.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1170/ind_72_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando a implantação de Cobertura na entrada do CEINF (Centro de Educação Infantil) Brás de Assis Nogueira, localizado na Rua Hidelbrando Neno esquina com a Rua Antônio Alberto, Quadra A, Lote 1, no Bairro Universitário.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>DR. SANDRO - MDB, JOSENILDO CEARÁ - PT</t>
+    <t>DR. SANDRO - MDB, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1171/ind_73_sandro_e_ceara.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDEZ ORTIZ, para que haja estudos objetivando a elaboração de Projeto de Lei que Cria Serviço de Cemitério Público Municipal de animais domésticos de pequeno porte no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1173/ind_74_cida.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINEL, solicitando que faça melhoria na iluminação ao entorno da quadra que estão instalados Fórum, Prefeitura Municipal e Câmara Municipal.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1174/ind_75_cida.doc</t>
   </si>
   <si>
     <t>A Vereadora que  esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário Solicita-se da MESA DIRETORA, que seja encaminhado expediente ao Prefeito .Municipal, Sr. JOSÉ GILBERTO GARCIA, e a Secretária Municipal de Cidadania e Assistência Social – SEMCIAS, Sra. JULIANA CAETANO ORTEGA, Que seja viabilizado para a Casa do Trabalhador - CIAT no município de Nova Andradina-MS, as seguintes demandas:_x000D_
 a)	Pintura interna e externa no prédio;_x000D_
@@ -2396,51 +2396,51 @@
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, solicitando estudo de viabilidade para que seja designado um segurança no CAPS, durante o período de funcionamento.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1201/ind_86_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, Solicitando que seja instalada uma boca de lobo na Rua Eraclides Simões, esquina com o prolongamento da Luiz Antônio da Silva no Bairro Durval Andrade Filho.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1204/ind_87_ceara.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja realizado na Praça Francisco Frutuoso Figueiredo, a troca da tabela da quadra de basquete que se encontra danificada, por uma Tabela de Acrílico.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO, GABRIELA DELGADO - MDB</t>
+    <t>WILSON ALMEIDA, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1205/ind_88_wilson_e_gabriela.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Gestão e Finanças, Sr. EMERSON NANTES DE MATOS,  solicitando que seja analisado e modificado a forma dos reajustes dos impostos e taxas cobrado dos nossos munícipes, apontamos o indicador IPCA ao invés do IGP-M.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1211/ind_89_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado ao Prefeito Municipal Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que providencie a pavimentação asfáltica das Ruas Luiz Jungs, Edson Tolotti e Santa Catarina, localizadas no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1212/ind_90_leandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura,          Sr. JULIO CÉSAR CASTRO MARQUES e a Secretária Municipal de Assistente Social e Cidadania, Sra. JULIANA CAETANO ORTEGA, solicitando realização urgente de manutenção, troca e instalação de novos toldos existentes no Centro da Melhor Idade de Nova Andradina – MS “Projeto Conviver”. (fotos em anexo)</t>
   </si>
@@ -2468,78 +2468,78 @@
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1215/ind_93_arion.doc.docx</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia e ao Secretário Municipal de Saúde, Sr. Luiz Eduardo P. Gonçalves, solicitando que seja providenciado a ampliação e fortalecimento da vacinação de prevenção da “GRIPE”, e consequentemente sua divulgação.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1216/ind_94_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, solicitando que seja executada pintura e/ou instalação das “Placas de Sinalização de Transito” denominada “PARE” em toda extensão do Bairro Portal do Parque.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
+    <t>MÁRCIA LOBO, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1217/ind_95_marcia_cida_leandro_arion_sandro_alemao_e_deildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIM PINTO, solicitando estudo para contratação de empresa para limpeza de terrenos notificados.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1219/ind_97_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando serviço de tapa buracos na Rua Matae Suguimoto, trecho compreendido entre a Avenida Masahiko Azuma e Rua Ruth Pereira Fagundes Jareta, precisamente em frente à Praça Elza Carielo de Moraes Laurenti no bairro Portal do Parque.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>DR. SANDRO - MDB, DEILDO PISCINEIRO - PSDB, PEDRO SOARES - REPUBLICANOS</t>
+    <t>DR. SANDRO - MDB, DEILDO PISCINEIRO, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1220/ind_98_sandro_deildo_e_pedro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando serviço de reparo na ondulação transversal na Rua Presidente Juscelino Kubitschek de Oliveira, entre as Ruas Redentor e São José.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1226/ind_101_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES solicitando a implantação de um ponto de moto táxi com cobertura superior e laterais (*similar ao ponto de ônibus do Bairro Universitário) na rodoviária, em frente ao Centro Comercial (Camelôs).</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>105</t>
   </si>
@@ -2687,51 +2687,51 @@
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1257/ind_119_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, reiterando a Indicação nº 442/2021, que solicita que seja providenciado Projeto de “Ciclovia Iluminada” entre Nova Andradina e Batayporã, em conjunto com a Secretaria de Infraestrutura de Batayporã.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1258/ind_120_cida.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, solicitando que seja instalado PARQUE INFANTIL E ACADEMIA AO AR LIVRE, para atender as crianças e os idosos na unidade do Serviço de Convivência e Fortalecimento de Vínculos do Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO, MÁRCIA LOBO - PODE</t>
+    <t>WILSON ALMEIDA, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1259/ind_121_wilson_e_marcia.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, e a Secretária Municipal de Educação, Esporte e Cultura, Sra. GIULIANA MASCULI POKRIWIECKI, solicitando que possam realizar revitalização na quadra e conserto na instalação elétrica dos refletores da Escola Municipal Arco Íris, localizada na Rua Osvaldo Campesato, n°1610.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS, CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1261/ind_122_pedro_soares_e_cida.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, solicitando a instalação de Luminárias na Rua José G. de Oliveira (Prolongamento da Rua Luiz Antônio da Silva) à partir da Rua Espírito Santo, bem como execução de serviços de roçagem e limpeza da área destinada ao passeio público.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
@@ -2848,75 +2848,75 @@
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, que seja feito uma avaliação nas praças da cidade principalmente na Praça das Aguas, onde falta iluminação pois algumas lâmpadas se encontram queimadas.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1383/ind_181_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Governador do Estado de MS, Sr. REINALDO AZAMBUJA, à Presidência do TRF3 (Tribunal Regional Federal da 3ª Região), à Desembargadora Federal, Sra. MARISA FERREIRA DOS SANTOS, ao  Deputado  Federal,   Sr.  BETO PEREIRA, ao Presidente da 7ª Subseção de Nova Andradina da OAB/MS (Ordem dos Advogados do Brasil), Sr. STÊNIO FERREIRA PARRON, e ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, solicitando a implantação da Vara da Justiça Federal em Nova Andradina/MS.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>WILSON ALMEIDA - UNIÃO, DEILDO PISCINEIRO - PSDB</t>
+    <t>WILSON ALMEIDA, DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1410/ind_197_wilson_e_deildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando implantação de um REDUTOR DE VELOCIDADE/ ONDULAÇÃO TRANSVERSAL A VIA, na Rua Hélio Fronha, Bairro Celina Gonçalves, nas imediações da Coopavil.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando serviço de sinalização/pintura horizontal na faixa para pedestre em frente ao CEINF (Centro de Educação Infantil) Mundo Encantado, localizado na Rua Milton Modesto, entre a Rua Joaquim Sampaio Neto e a Rua João Teodoro Braga, no município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB</t>
+    <t>JOÃO DAN - PDT, DEILDO PISCINEIRO, DR. SANDRO - MDB</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1440/ind_209_joao_dan_deildo_sandro_28-06.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que providencie e de seguimento com urgência o serviço de manutenção do cascalho e recuperação ao longo de toda estrada 17 de Abril e alguns trechos das estradas vicinais que estão necessitando de recuperação.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1457/ind_217_leandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando reparos pertinentes no meio fio em calçada localizada na Rua Onofre Gonçalves Lopes nº. 2279, esquina com a Rua Mario Lopes Beiro em Nova Andradina – MS. (fotos em anexo).</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>224</t>
   </si>
@@ -3053,51 +3053,51 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1534/ind_239_fabio.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e a secretária municipal de educação, cultura e esporte Sra. GIULIANA MASCULI POKRYWIEKI, solicitando que seja realizada a manutenção, bem como a substituição das lâmpadas queimadas convencionais do centro de eventos Professor José Antônio Zanqueta, por lâmpadas LED.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1535/ind_240_fabio.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e a secretária municipal de educação, cultura e esporte Sra. GIULIANA MASCULI POKRYWIEKI, solicitando que seja realizada a manutenção dos brinquedos que estão danificados e a instalação de novos brinquedos coloridos conforme o anexo, na Praça Antônio Riquetti.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, CIDA DO ZÉ BUGRE - PODE, DR. SANDRO - MDB, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, CIDA DO ZÉ BUGRE - PODE, DR. SANDRO - MDB, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1537/ind_241_gabi_marcia_cida_e_sandro.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sra. JULIO CÉZAR CASTRO MARQUES, e ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, solicitando a realização de Adaptações de Acessibilidade em todas as salas do prédio do CEM (Centro de Especialidades Medicas).</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1538/ind_242_gabi.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, solicitando que seja efetuado o serviço de manutenção na iluminação pública no prolongamento da Avenida Antônio Joaquim de Moura Andrade, na altura do Curtume até a Frigorifico JBS.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>243</t>
   </si>
@@ -3131,93 +3131,93 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1549/indicacao_guard_rail_no_canteiro_que_divide_a_ms-134_com_a_avenida_paulo_prata.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Governador Estadual, Sr. REINALDO AZAMBUJA, ao Diretor-Presidente da AGESUL, Sr. EMERSON ANTONIO MARQUES PEREIRA, reiterando Indicação 302/2021, solicitando providencias urgente para instalação de guard rail no canteiro que divide a MS-134 com a Avenida Paulo Prata, em toda sua extensão.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1551/indicacao_concha_acustica.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA,  a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRIWIECKI e ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, com cópia ao Diretor da Fundação de Cultura do Estado de Mato Grosso do Sul, Sr. GUSTAVO ARRUDA e ao Deputado Estadual – PT, Sr. AMARILDO CRUZ, solicitando que seja realizado estudos para a Implantação de Concha Acústica na Parte Externa do Ginásio de Esporte Brás Sinigáglia de Nova Andradina-MS que está sendo realizadas reformas e reestruturação.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB, JOÃO DAN - PDT</t>
+    <t>ALEMÃO DA SEMENTE, JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1552/ind_247_alemao_e_joao_dan.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Infraestrutura, Sr. JULIO CESAR CASTRO MARQUES solicitando a pavimentação de trechos viários do perímetro urbano de Nova Casa Verde, das ruas Bela Vista e Luís Cláudio Josué, entre a avenida Dilson Casaroto e rua Goiás e pavimentação dos trechos das ruas Goiás e Bahia no encontro entre as ruas Luís Cláudio Josué e Bela Vista.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1553/ind_248_cida_e_joao.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Sr. Diretor-Presidente do DETRAN-MS, Sr. RUDEL TRINDADE JUNIOR, ao Gerente Regional do Departamento de Trânsito de Nova Andradina (DETRAN-MS), SR. RICARDO LIMA, solicitando a implantação de uma extensão do órgão do  DETRAN-MS em Nova Casa Verde.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, CIDA DO ZÉ BUGRE - PODE, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, CIDA DO ZÉ BUGRE - PODE, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1556/ind_249_gabi_marcia_cida_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, Diretor responsável pela AGENOVA, Sr. LUCIANO LEAl, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que seja efetuado o serviço de reparação nas fossas sépticas e também solicitando que seja instalado barras de segurança nos banheiros das residências do Condômino do Idoso, Solicitando a implantação de câmeras de segurança no condomínio.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1558/ind._031_praca_conviver.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAm À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, solicitando a construção de academia ao ar livre na Praça Aurélio Fernandes da Costa.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1559/saude.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA,  ao Secretário Municipal de Saúde, Sr. LUIZ EDUARDO DE PAULA GONÇALVES, solicitando estudos para criação de um sistema            ( garantindo transparência) de verificação e informação sobre os procedimentos que não foram aceitos no SISREG, e sequencialmente avisar os pacientes/munícipes solicitantes de processos médico, cirúrgico e/ou de exames.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>252</t>
   </si>
@@ -3239,51 +3239,51 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1561/indicacao_atividades_de_esporte_e_lazer.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretária Municipal de Educação, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando que seja promovida ATIVIDADES ESPORTIVA E LAZER nas praças de cada bairro da nossa cidade</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1563/indicacao_praca_argemiro_ortega.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja feita instalados novos bancos para assentos e revitalização geral da Praça Wilson Fabrício de Matos, bairro Argemiro Ortega.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, MÁRCIA LOBO - PODE, CIDA DO ZÉ BUGRE - PODE</t>
+    <t>GABRIELA DELGADO, MÁRCIA LOBO, CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1564/ind_255_marcia_gabi_e_cida.docx</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Dr. LUIZ EDUARDO DE PAULA GONÇALVES e ao Secretário Interino de Assistência Social e cidadania Sr. EMERSON NANTES solicitando que seja elaborada a política de conscientização a violência obstétrica.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1613/ind_278_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que na Avenida Antônio Joaquim de Moura Andrade, entre a Rua Florêncio de Matos e a Rua Pastor Júlio Ferreira de Alencar (em frente a Hidrauvale e Central Peças), no Município de Nova Andradina – MS, possa ser feita a nivelação do Canteiro Central, onde há um morro que excede ao meio fio e provoca sujeiras nos comércios da localidade.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>282</t>
   </si>
@@ -3314,51 +3314,51 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1666/ind_304_gabriela.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja efetuada a implantação de galerias de águas pluviais na Rua Nova Andradina, no trecho que compreende entre a Avenida Amazonas e a Avenida Dilson Cazarotto, no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1674/ind_307_joao_dan.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Gerente Regional da Sanesul, Sr. JAIR RIBEIRO, reiterando a indicação nº11/2022,  que providencie a implantação de rede de esgoto e galerias de águas pluviais em Nova Casa Verde.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, JOÃO DAN - PDT</t>
+    <t>DEILDO PISCINEIRO, JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1676/ind_309_deildo_joao_dan.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam tomadas as devidas providências para recolocar a placa com a Denominação correta no Distrito de Nova Casa Verde, na seguinte via:_x000D_
 _x000D_
 a)	Rua Gabriel Píperas.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1684/ind_313_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINEL, solicitando que seja instalado REDUTORES DE VELOCIDADES, no cruzamento da Conveniência Amoroso Delicatessen, na Avenida Hildebrando Neno De Aragao, 304, Conj Hab Celina Goncalves Nova Andradina_ MS.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
@@ -3559,66 +3559,66 @@
   <si>
     <t>347</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1740/ind_347_wilson.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1741/ind_348_wilson.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, solicitando que seja efetuado com urgência a limpeza do lixo, instalado local apropriado para depósito  e placas indicativas proibindo o descarte irregular do mesmo, na Agrovila, Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, ARION AISLAN DE SOUSA - PL, JOSENILDO CEARÁ - PT</t>
+    <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL, JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1743/ind_349_gabi_arion_ceara.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos Sr. ROBERTO GINELL, solicitando a Criação do Conselho Municipal de Trânsito no município de Nova Andradina.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, GABRIELA DELGADO - MDB</t>
+    <t>DEILDO PISCINEIRO, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1745/indicacao_-_ondulacao_-_esquina_zelao_-_portal_parque.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando estudo técnico para viabilizar a “instalação de canaleta” nos cruzamentos da Rua Tiozo Kai, esquina com a Avenida André Moya Peres, no Bairro Portal do Parque, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1757/indicacao_-_convenio_mapa_16_11.doc</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. Hernandes Ortiz, para que sejam providenciados esforços no sentido de cadastrar proposta na Plataforma Brasil para formalização de Convênio com o MAPA referente à  AÇÃO 20ZV – FOMENTO AO SETOR AGROPECUÁRIO, para a promoção da agropecuária municipal, pela aquisição de equipamentos; ampliação de estruturas e serviços de apoio ao pequeno e médio produtor e à comercialização da sua produção, conforme fora verificado esta possibilidade junto a CNM – Confederação Nacional dos Municípios por este vereador, e como segue anexo a esta, demais informações.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
@@ -3654,51 +3654,51 @@
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudo técnico para viabilizar a “Pintura de Meio Fio em Cor Amarela” nos cruzamentos da Rua Tiozo Kai, esquina com a Avenida André Moya Peres, no Bairro Portal do Parque, município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1801/ind._caixa_de_contencao_de_agua_dezembro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ ROBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, solicitando um estudo para que os proprietários de sítios, chácaras e assentamentos cedam cinco metros das propriedades com margem às estradas para que seja feito o serviço de caixas de contenção de água, afim de, descarregar a evasão de água, evitando danos às estradas como erosão.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE - PSDB, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1068/mocao_sicredi_com_nome.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a todos os Funcionários da Cooperativa SICREDI da Cidade de Nova Andradina/MS, em que, com admirável senso de solidariedade destinou a entidades e projetos sociais de nossa cidade de Nova Andradina/MS a quantia de R$ 37.000,00 (trinta e sete mil reais).</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1091/mocao_alemao_ok.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO aos Policiais Militares, Sr. Al Sgt PM Dani Roberto de Oliveira Garcia, Sr. Cb PM André Luiz Colzani, Sr. Al Cb PM Lucas Vinicius Nascimento Santana, que arriscando suas vidas, prestaram relevantes serviços à Comunidade de Contenção à Incêndio na Escola Municipal Professor Eduardo Pereira Calado no Município de Novo Horizonte do Sul-MS.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1098/mocao_03-2022.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO aos Atletas da Equipe Assomasul do Município de Nova Andradina-MS pelo feito Inédito da Conquista do Terceiro Lugar na Copa Assomasul – 2021.</t>
   </si>
@@ -3711,135 +3711,135 @@
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a EE. Profª. Fátima Gaiotto Sampaio e a Professora Tamiles Carvalho Fragnan pela 1ª. Colocação no Prêmio Sebrae de Educação Empreendedora – Nível de Ensino Médio com o “Projeto Embalagens Biodegradáveis de fécula de mandioca e bagaço da cana-de-açúcar”.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1126/mocao_05-2022.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE APOIO a Prefeita de Sidrolândia MS, Sra. VANDA CAMILO, pelo constrangimento sofrido no Hospital daquele município, no dia 08 de março de 2022.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1146/mocao_06-2022.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PESAR à família do Sr. RUY LOPES, falecido no dia 09 de março de 2022, por complicações cirúrgica, em decorrência de complicações causadas em cirurgia de retirada de hérnia.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>DR. SANDRO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>DR. SANDRO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1157/mocao_07-2022.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PESAR à família do Sr. MOACYR BATTISTETTI, falecido no dia 21 de fevereiro do ano de 2022.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>CIDA DO ZÉ BUGRE - PODE, FABIO ZANATA - MDB, MÁRCIA LOBO - PODE</t>
+    <t>CIDA DO ZÉ BUGRE - PODE, FABIO ZANATA, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1172/mocao_08-2022.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO ao Araras Bike Clube de Nova Andradina-MS, pela 1ª edição do Desafio “SÓ PARA ELAS” em 20 de março de 2022.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1199/mocao_09_-2022.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO aos atletas Ana Carla Matos Rodrigues, Pedro de Oliveira Almeida, Laylan Ketelen Silva Viana, Jéssica, Barbisan do Carmo, Ariane Gomes Nunes, Rodrigo Henrique de Oliveira, Jhoni Santos Francelino, Ednaldo Muller Lacerda e Marcelo Alves de Paula pela conquista de Premiações no 1º OPEM JARDIM DE KUNG FU WUSHU.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1200/mocao_10_-_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à BANDA MARCIAL MUNICIPAL GETÚLIO VARGAS pela comemoração aos 38 anos de Atuação em Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1202/mocao_11_-_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO ao  MAESTRO EDSON DIAS PINHEIRO  pelos relevantes saerviços prestados à Comunidade Nova-Andradinense frente à Banda Marcial Getúlio Vargas.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1224/mocao_12_-_pedro_e_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a Excelentíssima Juíza Titular da Vara do Trabalho de Nova Andradina, Dra. Neiva Márcia Chagas, pelos relevantes serviços sociais e humanitários prestados à comunidade Novandradinense.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1227/mocao_13_-_pedro_soares.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS, ministério MS sediada em Nova Andradina, com sede na Rua Valter Hubacher nº.1258 centro, extensiva ao PASTOR ELIEL ARAÚJO DE ALENCAR - Presidente Nacional, ao PASTOR GIROLDO BARBOSA ALVES - Vice-Presidente, e à PASTORA CÉLIA BARBOSA, pelo JUBILEU DE OURO da instalação da referida igreja em Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>MÁRCIA LOBO, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1229/mocao_14_-_marcia_gabriela_e_cida.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE APOIO ao Senador JORGINHO MELLO - PL/SC, em consonância e valorização ao Projeto de Lei nº. 950, de 2021, que Institui a Semana Nacional de Mobilização, Conscientização e Estímulo à adoção da Campanha contra o Imposto Rosa, a ser celebrada anualmente na semana que compreender o dia 15 de abril.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1296/mocao_17_-_leandro_e_subscritos.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE APOIO e solicitação pela aprovação do Projeto de Lei nº. 2564/20, do Senado, alterando a Lei nº. 7.498, de 25 de junho de 1986, para “Instituir o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira”.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1361/mocao_24_-_gabriela.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO aos Karatekas de Nova Andradina que lograram êxito em Conquistas nos Campeonatos de Karatê Estadual e Nacional.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1474/mocao_35_-_apae.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a DELEGAÇÃO DE ATLETAS DA APAE DE NOVA ANDRADINA, pelas conquistas nos Jogos Escolares Paralímpicos do MS de 2022.</t>
   </si>