--- v0 (2025-12-28)
+++ v1 (2026-03-31)
@@ -54,89 +54,89 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1272/requerimento_48_-2022_-gabi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1272/requerimento_48_-2022_-gabi.doc</t>
   </si>
   <si>
     <t>REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS. Requerendo informações sobre a Distribuição de Ovos de Pascoa nas Escolas da Rede Municipal de Ensino:_x000D_
 _x000D_
 a)	Houve a distribuição de ovos nas escolas da rede municipal? Se não, qual o motivo?_x000D_
 b)	Houve programação do executivo para o processo de licitação de compra de ovos de pascoa? Se houve a licitação, foi feita em tempo hábil? Se não, qual o motivo?</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_93_-_gabriela.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_93_-_gabriela.doc</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e a Secretária Municipal de Meio Ambiente e Desenvolvimento Integrado, Sra. JULIANA LOPES, requerendo as seguintes informações sobre o uso do Trator e Roçadeira adquiridos por meio do Processo Licitatório nº. 105/2021 com o processo de nº. 94665, e tem por objetivo equipar a Secretaria Municipal de Serviços Públicos atendendo a trabalhos de Limpeza do Distrito Industrial e Aeroporto Municipal de Nova Andradina, no entanto é imprescindível questionar desde a aquisição dos equipamentos acima citados até o presente momento:_x000D_
 a)	Quais foram os serviços executados no Distrito Industrial com o mesmo? _x000D_
 b)	Favor enviar documentos comprobatórios e cronograma de serviços executados no Distrito Industrial.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1842/ind_390_arion.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1842/ind_390_arion.pdf</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Administração e Planejamento, Sr. VALTER VALENTIM PINTO, para que seja providenciado a regulamentação da nova Lei de Licitações (LEI Nº 14.133, DE 1º DE ABRIL DE 2021), no âmbito do Município de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -445,67 +445,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1272/requerimento_48_-2022_-gabi.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_93_-_gabriela.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1842/ind_390_arion.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1272/requerimento_48_-2022_-gabi.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1575/requerimento_93_-_gabriela.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1842/ind_390_arion.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>