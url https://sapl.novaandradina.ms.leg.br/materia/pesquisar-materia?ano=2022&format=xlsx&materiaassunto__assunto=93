--- v0 (2025-10-19)
+++ v1 (2026-03-26)
@@ -51,105 +51,105 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE - PSDB, DEILDO PISCINEIRO - PSDB, JOSENILDO CEARÁ - PT</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1573/ind_261_arion_alemao_deildo_e_ceara.docx</t>
+    <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE, DEILDO PISCINEIRO, JOSENILDO CEARÁ</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1573/ind_261_arion_alemao_deildo_e_ceara.docx</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de quebra-molas (ondulação transversal) à Rua André Loyer, entre as ruas Juscelino Kubitscheck de Oliveira e Melvin Jones, para que seja reduzida a velocidade dos veículos que trafegam nesta localidade.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1612/ind_277_deildo.pdf</t>
+    <t>DEILDO PISCINEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1612/ind_277_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito, Sr. JOSÉ AUGUSTO SOBRINHO, solicitando que seja viabilizado um estudo técnico para a retirada da ondulação transversal à via na Avenida Antônio Joaquim de Moura Andrade, entre a Rua Florêncio de Matos e a Rua Pastor Júlio Ferreira de Alencar, no Município de Nova Andradina - MS.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1726/ind_338_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1726/ind_338_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que seja viabilizada a instalação de “Ondulação transversal”, na Rua Marcia Yoshie Yoshioka Lima, de fronte a Empresa de Transportes Transpiloto, município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1804/indicacao_-_ondulacao_-_rua_senador_auro_s._andrade_-_em_frente_limas_art.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1804/indicacao_-_ondulacao_-_rua_senador_auro_s._andrade_-_em_frente_limas_art.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando que seja viabilizada a instalação de “Ondulação transversal”, na Rua Senador Auro Soares Andrade, entre a Rua da Saudade e a Rua João Teodoro Braga, município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1846/ind_394_deildo.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1846/ind_394_deildo.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA À MESA, que seja encaminhado expediente ao Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Diretor do Departamento Municipal de Trânsito, Sr. JOSÉ AUGUSTO SOBRINHO, solicitando que seja viabilizado um estudo técnico para a retirada da ondulação transversal à via na Avenida Antônio Joaquim de Moura Andrade, entre a Rua Miguel Fabrício Duarte e a Avenida Alcides Menezes de Farias, no Município de Nova Andradina - MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -456,67 +456,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1573/ind_261_arion_alemao_deildo_e_ceara.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1612/ind_277_deildo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1726/ind_338_deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1804/indicacao_-_ondulacao_-_rua_senador_auro_s._andrade_-_em_frente_limas_art.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1846/ind_394_deildo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1573/ind_261_arion_alemao_deildo_e_ceara.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1612/ind_277_deildo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1726/ind_338_deildo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1804/indicacao_-_ondulacao_-_rua_senador_auro_s._andrade_-_em_frente_limas_art.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1846/ind_394_deildo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="97.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="153" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="81.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="152.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>