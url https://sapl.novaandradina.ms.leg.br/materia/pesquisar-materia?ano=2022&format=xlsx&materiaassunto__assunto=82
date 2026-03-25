--- v0 (2025-12-24)
+++ v1 (2026-03-25)
@@ -54,76 +54,76 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1094/requerimento_ar_condicionado_centro_da_juventude.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1094/requerimento_ar_condicionado_centro_da_juventude.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes depois de ouvido o Plenário REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA,  a Secretária Municipal de Cidadania Assistência Municipal- SEMCIAS Sra. JULIANA CAETANO  ORTEGA, e ao Secretário Municipal de Infraestrutura Sr. JÚLIO CÉSAR CASTRO MARQUES, requerendo informações sobre andamento da  instalação elétrica para funcionamento dos aparelhos de  ar condicionado do  Centro Municipal da Juventude Municipal Olívio Paro Dan, conforme resposta do oficio nº 844/2021/GAB/PREF, das alíneas abaixo relacionadas:_x000D_
 a)	Foi  constatada a necessidade das adaptaçoes na rede eletrica e/ou estrutura do predio para implementaçao dos equipamentos?  Se sim, já foram feitas alterações na rede eletrica ?_x000D_
 b)	A contrataçao de um engenheiro/empresa para realizar o projeto foi feita? Se sim, quando?_x000D_
 c)	Quais impedimentos que a secretaria tem enfrentado para execução da mudança da  rede elétrica?_x000D_
 d)	O processo licitatório ocorreu?  Se sim, quando?</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1347/ind_160_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1347/ind_160_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA,  e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, reiterando as Indicações nº 415/2015, 140/2017, 41/2019, 87/2021 e 332/2021, solicitando que sejam realizados estudos para possibilitar incentivos fiscais (desconto no ISS e IPTU), para pessoas físicas e também jurídicas, que queiram investir em produção de energia limpa, como por exemplo, energia solar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -430,67 +430,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1094/requerimento_ar_condicionado_centro_da_juventude.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1347/ind_160_sandro.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1094/requerimento_ar_condicionado_centro_da_juventude.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1347/ind_160_sandro.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>