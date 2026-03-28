--- v0 (2025-12-30)
+++ v1 (2026-03-28)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1333/ind_153_leandro_e_subscritos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1333/ind_153_leandro_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando área do Parque Industrial II para instalação de Usina Geradora de Energia Fotovoltaica (Energia Solar) em parceria com a Câmara Municipal no intuito de atender todos os órgãos municipais de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1751/ind_-_apicultura_e_meliponicultura.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1751/ind_-_apicultura_e_meliponicultura.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao, ao Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando a Abertura de Novo Edital de Credenciamento para os apicultores interessados em participar do Programa Municipal de Apicultura e Meliponicultura, de conformidade com a Lei Municipal, nº. 1.687, de 05 de Julho de 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -420,67 +420,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1333/ind_153_leandro_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1751/ind_-_apicultura_e_meliponicultura.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1333/ind_153_leandro_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1751/ind_-_apicultura_e_meliponicultura.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>