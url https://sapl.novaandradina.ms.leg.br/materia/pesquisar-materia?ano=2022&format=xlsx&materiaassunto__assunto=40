--- v0 (2025-10-03)
+++ v1 (2025-12-19)
@@ -51,94 +51,94 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, DEILDO PISCINEIRO - PSDB</t>
+    <t>GABRIELA DELGADO, DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1449/requerimento_71_-_gabi_deildo_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ter ouvido o Plenário REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e à Secretário Municipal Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando informações referentes à construção da Ponte de Concreto, sobre o Córrego Umbaracá, na rodovia BR 376/MS, contorno Leste- Anel Viário Municipal:_x000D_
 _x000D_
 a)	Cópias das vistorias mensais realizadas pela comissão de fiscalização, designada pelo município;_x000D_
 b)	Cópia da medição final da obra;_x000D_
 c)	Quem foram os membros que compuseram a Comissão de fiscalização da referida obra? Algum dos membros é profissional na área de engenharia?_x000D_
 d)	A comissão de fiscalização constatou alguma irregularidade e, consequentemente, notificou a empresa durante a execução, como também após a entrega da obra(Obra encontra-se no período da garantia)_x000D_
 e)	Favor, enviar termo de referência completo, incluindo as especificações de materiai</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1475/requerimento_75_-_gabriela_marcia_e_cida.doc</t>
   </si>
   <si>
     <t>AAs Vereadoras que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário, REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e à Secretária Municipal de Cidadania e Assistência Social, Sra. JULLIANA CAETANO ORTEGA, solicitando as seguintes informações sobre os materiais de construção adquiridos através da licitação n° 298/2017, e processo nº 56067. _x000D_
 •	Cópia do processo completo (na integra) com notas fiscais, notas de recebimentos, assinaturas dos munícipes que receberam, do processo da licitação n° 298/2017, também copia completa do processo nº 56067/2017, referente à compra de materiais de construção.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB</t>
+    <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1571/ind_259_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a Implantação de uma praça pública e a reforma do Parque Infantil com adequação a Lei Municipal 851 de 07 de dezembro de 2009 (que dispõe sobre a Instalação de parques infantis com brinquedos especiais adaptados às crianças com necessidades especiais) no Assentamento Peroba ao Lado da Conveniência do Simão (Assentamento Peroba, 386).</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1574/ind_262_gabi_marcia_cida.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que seja realizada a construção da Sede Própria para atendem os Programas Serviço de Convivência e Fortalecimento de Vínculo, Projeto Conviver e Jovem Aprendiz no distrito de Nova Casa Verde.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -475,51 +475,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1449/requerimento_71_-_gabi_deildo_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1475/requerimento_75_-_gabriela_marcia_e_cida.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1571/ind_259_alemao.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1574/ind_262_gabi_marcia_cida.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="67.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="55.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="122.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>