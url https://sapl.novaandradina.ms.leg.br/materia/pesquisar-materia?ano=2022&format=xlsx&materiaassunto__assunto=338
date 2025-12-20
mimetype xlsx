--- v0 (2025-10-13)
+++ v1 (2025-12-20)
@@ -81,51 +81,51 @@
   <si>
     <t>Concede reajuste aos servidores dos cargos efetivos e de provimento em comissão pertencentes ao Quadro de Pessoal do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1158/projeto_de_lei_complementar_3-2022_-_revisao_e_reajuste_12.doc</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores públicos municipais, inativos e pensionistas, em atendimento ao artigo 37, X da Constituição Federal, e concede reajuste aos servidores do Quadro do Poder Executivo, e dá outras providências.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS</t>
+    <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1037/plc_1_-_2022_vereadores_subscritos.doc</t>
   </si>
   <si>
     <t>Conceder reajuste aos servidores dos cargos efetivos e de provimento em comissão pertencentes ao Quadro de Pessoal do Poder Legislativo de Nova Andradina - MS, e dá outras providências.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1040/requerimento_02_-2022-subscritos.doc</t>
   </si>
@@ -473,51 +473,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1036/projeto_de_lei_complementar_1-2022_-_reajuste.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1158/projeto_de_lei_complementar_3-2022_-_revisao_e_reajuste_12.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1037/plc_1_-_2022_vereadores_subscritos.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1040/requerimento_02_-2022-subscritos.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="242.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="138.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>