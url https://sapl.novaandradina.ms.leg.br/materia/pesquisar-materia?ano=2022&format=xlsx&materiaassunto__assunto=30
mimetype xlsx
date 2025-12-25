--- v0 (2025-10-21)
+++ v1 (2025-12-25)
@@ -72,137 +72,137 @@
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1634/requerimento_103_-_cida.doc</t>
   </si>
   <si>
     <t>REQUER A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, e ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, solicitando informações sobre o processo de estágio na rede pública do município nas seguintes alíneas:_x000D_
 A.	Quais instituições/empresas que participam dos convênios de estágio o município?_x000D_
 B.	Quantos alunos/estagiários foram contratados nos últimos 3 anos na rede municipal?_x000D_
 C.	Solicitamos cópias dos relatórios dos contratos/convênios e dos procedimentos que resultou a escolha da entidade que participa do estágio desde 2020._x000D_
 D.	Envie relatórios dos valores pagos de 2020 a 2022, com nome dos estagiários mês a mês._x000D_
 E.	Quantos contratos finalizarão em 2022?_x000D_
 F.	Houve desistência por parte dos estagiários, se sim, por qual motivo?Envie a relação dos nomes dos estagiários desistentes.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1710/requerimentovereadores_as_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS e ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, solicitando as seguintes informações referentes às Emendas Impositivas:_x000D_
 a)	Quais Emendas Impositivas já foram destinadas às instituições e órgãos (Não) governamentais conforme a LOA – 2021?_x000D_
 b)	Quais fatores problematizam até o presente momento para que não aconteça à devida destinação de todas às Emendas Impositivas conforme a LOA 2021?_x000D_
 c)	Qual a perspectiva para que todas as Emendas Impositivas conforme a LOA 2021 possam ser destinadas às instituições e órgãos (Não) governamentais?_x000D_
 d)	Quais Instituições e órgãos (Não) governamentais estão aptas/os a receberem as Emendas Impositivas conforme a LOA 2021?_x000D_
 e)	Justificar especifi</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT, GABRIELA DELGADO - MDB, MÁRCIA LOBO - PODE</t>
+    <t>JOSENILDO CEARÁ, GABRIELA DELGADO, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1767/requerimento__casa_do_artesao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, a Secretária Municipal de Assistência Social e Cidadania, Sra. DELMA PRADO CAVALCANTE, e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, solicitando as seguintes informações:</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
+    <t>GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1354/ind_165_gabriela.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sra. JÚLIO CÉSAR CASTRO MARQUES, solicitando a implantação de placa/letreiro com o nome "Ceila Maria Kataoka", no prédio do Centro de Referência A Saúde da Mulher.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, JOSENILDO CEARÁ, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1384/ind_182_gabi_marcia_ceara.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, solicitando que seja regulamentada Lei que concede a isenção da COSIP para aposentados, idosos com idade superior a 60 anos e portadores de necessidades especiais.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1662/ind_301_arion.pdf</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Administração, Sr.VALTER VALENTIN PINTO, solicitando estudo e a implementação de Projeto de Lei, que possa regulamentar todos os bairros rurais do município de Nova Andradina, constando suas limitações e confrontações, com o intuito de que estes requisitos sejam enfim estabelecidos em Lei Municipal.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE</t>
+    <t>MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1709/ind_327_marcia_lobo_gabi_e_cida.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretario Municipal de Planejamento e Administração, Sr. EMERSON NANTES DE MATTOS, solicitando a criação do Auxilio Ampara, benefício a ser pago a crianças e adolescentes em situação de orfandade decorrente de feminicídio.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1820/indicacao_-_internet_para_todos_em_locais_de_dificil_acesso.doc</t>
   </si>
   <si>
     <t>Exmo. Sr. Presidente da Câmara Municipal de Nova Andradina – MS._x000D_
 _x000D_
 O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Sr.  Prefeito Municipal, José Gilberto Garcia, ao Secretário Municipal de Finanças, Sr. Emerson Nantes, e ao Secretário Municipal de Administração, Sr. Valter Valentim Pinto, para que sejam providenciados esforços no sentido de Formalizar termo de Adesão ao Programa Internet para Todos, do Governo Federal, com o intuito de fornecer internet à localidades de difícil acesso em nosso município, tais como Nova Casa Verde, e Assentamentos, Teijin, São João, Angico e Santa Olga, entre outros, conforme fora verificado esta possibilidade junto a CNM – Confederação Nacional dos Municípios por este vereador, e como segue anexo a esta, demais informações.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>