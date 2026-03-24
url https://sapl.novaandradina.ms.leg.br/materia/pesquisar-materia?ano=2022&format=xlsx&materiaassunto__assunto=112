--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -54,89 +54,89 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_07_joao_dan_e_gabi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_07_joao_dan_e_gabi.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Sr. RAMIRO SARAIVA - Empresa PRÉ-MOLDADOS CONCREVIA EIRELI, solicitando as seguintes informações sobre:_x000D_
 _x000D_
 a)	Qual motivo às obras de pavimentação asfáltica das ruas, da Amizade, Santa Catarina, Paraná, Marechal Rondon e Jaraguá, no Distrito de Nova Casa Verde, encontram-se paralisada?_x000D_
 b)	Se houver impedimentos, discrimine-os e justifique. _x000D_
 c)	Qual prazo para entrega da obra? _x000D_
 d)	Quais ruas já foram concluídas? Se não o por quê?_x000D_
 e)	Em que fase a obra de cada rua se encontra atualmente?</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1089/requerimento_10_gabi_e_subscritos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1089/requerimento_10_gabi_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando as seguintes informações sobre: A PAVIMENTAÇÃO ASFÁLTICAS NOS BAIRROS JARDIM IMPERIAL E JARDIM MONTE CARLOS:_x000D_
 _x000D_
 a)	De quem é a responsabilidade da manutenção do asfalto nos referidos bairros? Município ou loteadora? Anexo contrato firmado entre as partes.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1110/requerimento_16_-_gabi_e_subscritos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1110/requerimento_16_-_gabi_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando as seguintes informações sobre a execução de recapeamento de pavimentação asfáltica nos Bairros Durval Andrade Filho, Bela Vista, Argemiro Ortega, Cristo Rei e Centro Educacional no Município de Nova Andradina. _x000D_
 No mês de maio de 2021, a Administração Publica respondeu a essa Casa de Leis que já tinha sido dada a ordem de serviço para começar a execução, sendo assim: _x000D_
 _x000D_
 a) Quais as vias de quais Bairros já foram recapeados?_x000D_
 b) Qual a previsão de término para recapear as vias de todos os Bairros citados?_x000D_
 c) Houve atraso no serviço? Se sim, qual foi o motivo? Já foi solucionado? Se sim, quantos dias ficaram interrompidos os serviços?_x000D_
 d) Qual o cronograma de execução de serviços para o ano de 2022?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -449,67 +449,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_07_joao_dan_e_gabi.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1089/requerimento_10_gabi_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1110/requerimento_16_-_gabi_e_subscritos.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1076/requerimento_07_joao_dan_e_gabi.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1089/requerimento_10_gabi_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2022/1110/requerimento_16_-_gabi_e_subscritos.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>