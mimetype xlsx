--- v0 (2025-12-29)
+++ v1 (2026-03-22)
@@ -54,153 +54,153 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_4-2021-_autoriza_celebrar_termo_de_convenio_apae.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_4-2021-_autoriza_celebrar_termo_de_convenio_apae.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de transferência de recursos financeiros mediante a celebração de Termo de Convênio entre o Município de Nova Andradina e a Associação de Pais e Amigos dos Excepcionais de Nova Andradina e dá outras providências.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/842/projeto_de_lei_27-2021-_autorizar_celebrar_convenio_com_a_fundacao_pio-1.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/842/projeto_de_lei_27-2021-_autorizar_celebrar_convenio_com_a_fundacao_pio-1.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio de cooperação financeira com a FUNDAÇÃO PIO XII, CNPJ sob o n. 49.150.352/0019-41, e dá outras providências.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/843/projeto_de_lei_28-2021_-_previna.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/843/projeto_de_lei_28-2021_-_previna.doc</t>
   </si>
   <si>
     <t>Dispõe sobre alterações na legislação da Previdência Social dos Servidores Públicos do Município de Nova Andradina – MS (PREVINA), e dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB, ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/570/ind_396_sandro_e_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/570/ind_396_sandro_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando retomada do convênio com os estagiários de medicina da Universidade UNIDERP.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/579/ind_405_arion_e_gabi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/579/ind_405_arion_e_gabi.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, com cópia à Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, e ao Diretor da Instituição Penal de Nova Andradina/MS, AGEPEN, Sr. EDIR RUBENS QUEIROZ CAMPOS, solicitando estudos sobre a possibilidade de formalizar parceria com a AGEPEN, através de convênio e fornecimento de matéria prima, com o intuito de promover trabalho aos detentos na fabricação de uniformes para os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/751/ind_570_arion_marcia_e_cida.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/751/ind_570_arion_marcia_e_cida.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO, solicitando: Convênio com o Hospital CASSEMS para realização de avaliação clínica e eletrônica de pacientes portadores de marca-passo e outros dispositivos de estimulação elétrica cardíaca artificial.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/918/ind_613_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/918/ind_613_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e a Secretária Municipal de Cidadania e Assistência Social, Sra. JULLIANA CAETANO ORTEGA, reiterando as indicações nº 153/2014 e 382/2017, que solicitam que seja realizada parceria com a Ordem dos Advogados do Brasil (OAB) Subseção de Nova Andradina, e também com a UNIESP – Faculdade de Direito, para que, com o apoio do governo municipal, promova ações no sentido de dar orientações básicas na área jurídica, para a população mais carente.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, FABIO ZANATA, MÁRCIA LOBO, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, GABRIELA DELGADO, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_630-2021.pdf</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_630-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, Ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, à Diretora da UFMS-CPNA Prof1. Dra. SOLANGE FACHIN e ao Coordenador do Curso de História- UFMS-CPNA, Prof. Dr. FÁBIO DA SILVA SOUZA, solicitando:_x000D_
 a) Reforma, revitalização e adequações no Museu Municipal;_x000D_
 b) Parceria com a UFMS-CPNA - em Projeto de Extensão para que possa haver ambientação_x000D_
 acadêmica do Espaço e Estagiários que possam realizar trabalhos de explanação histórica sobre as_x000D_
 obras do Museu de Nova Andradina-MS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -511,68 +511,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_4-2021-_autoriza_celebrar_termo_de_convenio_apae.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/842/projeto_de_lei_27-2021-_autorizar_celebrar_convenio_com_a_fundacao_pio-1.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/843/projeto_de_lei_28-2021_-_previna.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/570/ind_396_sandro_e_arion.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/579/ind_405_arion_e_gabi.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/751/ind_570_arion_marcia_e_cida.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/918/ind_613_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_630-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_4-2021-_autoriza_celebrar_termo_de_convenio_apae.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/842/projeto_de_lei_27-2021-_autorizar_celebrar_convenio_com_a_fundacao_pio-1.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/843/projeto_de_lei_28-2021_-_previna.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/570/ind_396_sandro_e_arion.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/579/ind_405_arion_e_gabi.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/751/ind_570_arion_marcia_e_cida.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/918/ind_613_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/935/indicacao_630-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>