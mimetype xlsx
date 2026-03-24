--- v0 (2025-12-25)
+++ v1 (2026-03-24)
@@ -54,253 +54,253 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_111_gabriela_leandro_e_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_111_gabriela_leandro_e_wilson.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL,  requerendo a seguinte informação sobre a Iluminação Pública e a Pavimentação Asfáltica na Rua Gino Lima, Bairro Antônio Rosário Migliorini._x000D_
 •	Existe algum projeto em andamento para atender a demanda de pavimento asfáltico e iluminação pública na Rua Gino Lima no Bairro Antônio Rosário Migliorini? Se sim, qual a previsão para a conclusão do projeto? Se não, quais os empecilhos que impedem a criação e execução de um projeto na via?</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, DR. SANDRO - MDB, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2889/requerimento_120_ceara_sandro_e_gabi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2889/requerimento_120_ceara_sandro_e_gabi.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ter ouvido o Plenário REQUEREM A MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, solicitando as seguintes informações sobre: _x000D_
 _x000D_
 a)	Houve economia de energia em Iluminação Pública após o inicio da instalação de Lâmpadas de LED no município de Nova Andradina-MS? Se sim, quanto?_x000D_
 b)	Qual era o gasto de Energia em Iluminação Pública por parte do município no período que antecede a Instalação das Lâmpadas de LED? Enviar a esta Casa de Leis comprovantes._x000D_
 c)	Qual passou a ser o custo de Energia em Iluminação Pública por parte do município no período posterior a Instalação das Lâmpadas de LED? Enviar a esta Casa de Leis comprovantes._x000D_
 d)	Quanto o município arrecada com as taxas de iluminação (Cosip) mensalmente e quanto foi arrecadado no ano de 2020?_x000D_
 e)	Houve troca de lâmpadas LED por lâmpadas de LED maior potência? Se sim, informar o que foi feito com as lâmpadas que foram retiradas._x000D_
 f)	Com a economia anunciada pela PMNA será possível rever a taxa de iluminação paga pela população?</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/154/ind_090_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/154/ind_090_wilson.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Coordenador Regional da Energisa, Sr. EMERSON SEIXAS DA COSTA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja realizada a instalação de iluminação pública na Rua Antônio Duarte, entre as Ruas Pastor Júlio Ferreira de Alencar e Rua Odilon Ribeiro dos Santos.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Coordenador Regional da Energisa, Sr. EMERSON SEIXAS DA COSTA, solicitando que seja realizada a instalação de iluminação pública na Rua Elio Fronha esquina com a Rua Leonilde Ribeiro, Bairro Celina Gonçalves.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/249/ind_146_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/249/ind_146_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando melhoramento da Iluminação da Praça José Carreira Mendes no bairro Centro Educacional.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/325/ind_223_joao_dan_e_alemao.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/325/ind_223_joao_dan_e_alemao.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Coordenador Regional da ENERGISA, Sr. EMERSON SEIXAS DA COSTA, ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, solicitando que seja realizada a substituição nos postes de iluminação, de lâmpadas comuns para as lâmpadas de Led, em toda Nova Casa Verde.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/347/ind_240_gabriela_leandro_sandro_e_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/347/ind_240_gabriela_leandro_sandro_e_edeildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços públicos, Sr. ROBERTO GINELL, e ao Coordenador Regional da ENERGISA, Sr. EMERSON SEIXAS DA COSTA solicitando:_x000D_
 a)	Viabilização de estudo para possível melhoria na rede elétrica do Distrito Industrial “José Marques” na BR 376._x000D_
 b)	 Substituição as lâmpadas convencionais por “Lâmpadas LED” e ampliação da Rede de Iluminação Pública em toda extensão do Distrito Industrial “José Marques” na BR 376.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB, CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/432/ind_304_sandro_e_cida.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/432/ind_304_sandro_e_cida.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a instalação de lâmpadas de Led na praça da área da Igreja Nossa Senhora Aparecida no Bairro Durval Andrade Filho.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/512/ind_343_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/512/ind_343_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudos com a finalidade de acrescentar no sentido contrário haste com luminária nos postes localizados em toda extensão da Rua José Procópio, no Bairro Randolfo Jareta.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Supervisor de Construção e Manutenção da ENERGISA Nova Andradina - MS, Sr. NEREU CORREIA, solicitando que seja realizado estudo técnico para instalação de Iluminação Pública na Rotatória localizada na saída para Ivinhema.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/594/ind_420_joao_dan.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/594/ind_420_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja realizada a substituição de 09 (nove) lâmpadas queimadas da quadra da Escola Luis Cláudio Josué, em Nova Casa Verde.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Coordenador Regional da Energisa, Sr. EMERSON SEIXAS DA COSTA, solicitando que possam realizar a instalação de rede de Iluminação Pública no Bairro Ipanema, Rua Cassiano José Rodrigues, no trecho compreendido entre as Ruas Pastor Júlio Alencar e Joaquim Correia da Silva.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Supervisor de Construção e Manutenção da ENERGISA Nova Andradina - MS, Sr. NEREU CORREIA, solicitando que seja realizado estudo técnico para instalação de Iluminação Pública em toda extensão da Estrada Municipal Odilon Ribeiro dos Santos.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Governador do Estado de Mato Grosso do Sul, Sr. REINALDO AZAMBUJA, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, Com cópia ao Secretário de Estado de Governo e Gestão (Segov), Sr. PEDRO CARAVINA, ao Diretor Executivo de Assessoramento da AGESUL – RR de Nova Andradina, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Diretor Presidente da ENERGISA, Dr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, solicitando que:_x000D_
 a)	Na continuidade da Avenida Eurico Soares de Andrade Adentrando a MS – 473 até a Rotatória sobre o Córrego Santa Bárbara possa haver Implantação e extensão da Iluminação Pública;_x000D_
 b)	Na continuidade da Avenida Eurico Soar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -609,67 +609,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_111_gabriela_leandro_e_wilson.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2889/requerimento_120_ceara_sandro_e_gabi.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/154/ind_090_wilson.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/249/ind_146_arion.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/325/ind_223_joao_dan_e_alemao.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/347/ind_240_gabriela_leandro_sandro_e_edeildo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/432/ind_304_sandro_e_cida.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/512/ind_343_edeildo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/594/ind_420_joao_dan.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/625/requerimento_111_gabriela_leandro_e_wilson.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2889/requerimento_120_ceara_sandro_e_gabi.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/154/ind_090_wilson.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/249/ind_146_arion.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/325/ind_223_joao_dan_e_alemao.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/347/ind_240_gabriela_leandro_sandro_e_edeildo.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/432/ind_304_sandro_e_cida.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/512/ind_343_edeildo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/594/ind_420_joao_dan.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="98.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>