--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -54,178 +54,178 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 10, de 22 de Dezembro de 2021._x000D_
 Dispõe sobre a alteração do caput do artigo 1° e do artigo 2° da Lei Complementar 270/2021, e dá outras providencias.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, e ao Secretário Municipal do Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando estudos com a finalidade de realizar uma revisão na “cobrança da taxa do lixo” em estabelecimentos comerciais do município.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/118/ind_058_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/118/ind_058_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Governador do Estado de Mato Grosso do Sul, Sr. REINALDO AZAMBUJA, ao Deputado Estadual, Sr. JOSE CARLOS BARBOSA, ao Diretor - Presidente da SANESUL, Sr. WALTER BENEDITO CARNEIRO JUNIOR, e ao Gerente Regional da SANESUL, Sr. JAIR RIBEIRO DE OLIVEIRA, solicitando que sejam realizados estudos com a finalidade de suspender a “Cobrança de Tarifa pela Concessionária e Permissionária de Serviços de Água e Esgoto” (Taxa Mínima para o Consumo Real), do Estado do Mato Grosso do Sul.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/321/ind_219_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/321/ind_219_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja viabilizado um estudo para instalação de grade e tela de proteção em bueiros e “bocas de lobo” existentes no município.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS e ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, solicitação para a REVISÃO na Lei Complementar nº 229/2018 que “Institui a taxa de coleta, tratamento e disposição final de resíduos sólidos domiciliares e, dá outras providências” Art. 6º, Classe C – Residência religiosa, e que também haja transparência na publicidade da modalidade de cobrança nos Artigos 7º e 8º contidos na respectiva Lei.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Gerente Regional da SANESUL, Sr. JAIR RIBEIRO DE OLIVEIRA, solicitando o reparo imediato das aberturas no asfalto feitas pela SANESUL, na implantação do esgoto na Rua Senador Auro de Moura Andrade.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/422/ind_295_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/422/ind_295_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, solicitando que seja feito recapeamento e bocas de lobo nos Bairros: Jardim Imperial e Jardim Monte Carlo.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/654/ind_474_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/654/ind_474_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja feito estudo para colocar recipiente de coleta seletiva em todos os setores públicos municipais.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/763/ind_582_deildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/763/ind_582_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o plenário, INDICA Á MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja feita a limpeza geral com desentupimento da boca de lobo localizada na Avenida Eurico Soares Andrade, esquina com a Rua Antonio Duarte.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/808/ind_606_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/808/ind_606_wilson.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudos técnicos com a finalidade de adquirir mais caminhões para coleta de resíduos(lixo) para o  município de Nova Andradina.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -532,68 +532,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/118/ind_058_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/321/ind_219_edeildo.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/422/ind_295_wilson.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/654/ind_474_wilson.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/763/ind_582_deildo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/808/ind_606_wilson.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/118/ind_058_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/321/ind_219_edeildo.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/422/ind_295_wilson.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/654/ind_474_wilson.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/763/ind_582_deildo.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/808/ind_606_wilson.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>