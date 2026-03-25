--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/607/ind_433_edeildo_e_alemao.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/607/ind_433_edeildo_e_alemao.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja viabilizada o calçamento ecológico, bem como o plantio de arvores frutíferas em volta do campo de futebol localizado Rua Onofre Gonçalves Lopes, próximo ao Perobão 1.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/681/ind_501_deildo_marcia.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/681/ind_501_deildo_marcia.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Gerente da 9ª Residência Regional da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando:_x000D_
 _x000D_
 a)	 Implantação de Estrada Vicinal ao Anel Rodoviário Fernando Lima de Vasconcellos;_x000D_
 b)	Implantação de Estrada Vicinal na MS-473 trecho pós Córrego do Baile – Instituto Federal;_x000D_
 c)	Plantio de Árvores Frutíferas e Nativas nos trechos correspondentes das Possíveis Estradas Vicinais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -424,68 +424,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/607/ind_433_edeildo_e_alemao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/681/ind_501_deildo_marcia.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/607/ind_433_edeildo_e_alemao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/681/ind_501_deildo_marcia.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>