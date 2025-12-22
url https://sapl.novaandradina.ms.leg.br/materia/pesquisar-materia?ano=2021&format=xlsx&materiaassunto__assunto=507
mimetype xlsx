--- v0 (2025-10-01)
+++ v1 (2025-12-22)
@@ -51,111 +51,111 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, WILSON ALMEIDA - UNIÃO</t>
+    <t>JOÃO DAN - PDT, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/555/ind_381_joaogabi_marcia_cida_leandro_wilson_fabio_sandro_deildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Sr. Diretor-Presidente do DETRAN-MS, Sr. RUDEL ESPÍNDOLA e ao  Gerente Regional do Departamento de Trânsito de Nova Andradina (DETRAN-MS), Sr. RICARDO LIMA, solicitando a implantação de SEMÁFORO PARA PEDESTRE, em frente ao PETI  de Nova Casa Verde, na Avenida Dílson Cazarotto.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, DEILDO PISCINEIRO, DR. SANDRO - MDB</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/578/ind_404_leandro_deildo_e_sandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito, Sr. ANILTON FERREIRA, solicitando estudos para a viabilização e transformação do semáforo em 04 (quatro) tempos na Avenida Antônio Joaquim de Moura Andrade com a Avenida Alcides Menezes de Farias.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/605/ind_431_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento de Trânsito, Sr. ANILTON FERREIRA, solicitando diminuir o tempo de passagem de veículos no Semáforo da Avenida Ivinhema – aumentando o espaço/tempo para veículos que estão transitando em passagem pelo semáforo da Avenida Eurico Soares de Andrade.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>PEDRO SOARES - REPUBLICANOS, DEILDO PISCINEIRO - PSDB</t>
+    <t>PEDRO SOARES - REPUBLICANOS, DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/723/ind_542_pedro_e_deildo_entrar_sessao_dia_09-11.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando implantação de sinalização semafórica no encontro das Avenidas Ivinhema e José Heitor de Almeida Camargo no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/756/ind_575_leandro_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando que:_x000D_
 a)	Pavimentação asfáltica da Estrada Odilon Ribeiro dos Santos no trecho compreendido entre o Encontro das Avenidas André Móya Perez e Avenida Yoshitaka Anzai até alcançar a rotatória da Avenida Antônio Joaquim de Moura Andrade/Auro Soares de Andrade;_x000D_
 b)	Adequação da Rotatória em frente à Entrada do Parque de Exposições Henrique Martins;_x000D_
 c)	Instalação de Sinalização Semafórica na Rotatória em frente à Entrada do Parque de Exposições Henrique Martins;_x000D_
 Construção de entrada e saída (mão inglesa) do Bairro Portal do Parque a partir da Rotatória em frente à Entrada do Parque de Exposições Henrique Martins até alcançar a Avenida Masahiko Azuma.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>