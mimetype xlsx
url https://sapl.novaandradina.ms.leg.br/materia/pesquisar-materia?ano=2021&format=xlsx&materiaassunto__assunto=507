--- v1 (2025-12-22)
+++ v2 (2026-03-27)
@@ -54,111 +54,111 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/555/ind_381_joaogabi_marcia_cida_leandro_wilson_fabio_sandro_deildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/555/ind_381_joaogabi_marcia_cida_leandro_wilson_fabio_sandro_deildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Sr. Diretor-Presidente do DETRAN-MS, Sr. RUDEL ESPÍNDOLA e ao  Gerente Regional do Departamento de Trânsito de Nova Andradina (DETRAN-MS), Sr. RICARDO LIMA, solicitando a implantação de SEMÁFORO PARA PEDESTRE, em frente ao PETI  de Nova Casa Verde, na Avenida Dílson Cazarotto.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, DEILDO PISCINEIRO, DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/578/ind_404_leandro_deildo_e_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/578/ind_404_leandro_deildo_e_sandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento Municipal de Trânsito, Sr. ANILTON FERREIRA, solicitando estudos para a viabilização e transformação do semáforo em 04 (quatro) tempos na Avenida Antônio Joaquim de Moura Andrade com a Avenida Alcides Menezes de Farias.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/605/ind_431_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/605/ind_431_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Diretor do Departamento de Trânsito, Sr. ANILTON FERREIRA, solicitando diminuir o tempo de passagem de veículos no Semáforo da Avenida Ivinhema – aumentando o espaço/tempo para veículos que estão transitando em passagem pelo semáforo da Avenida Eurico Soares de Andrade.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS, DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/723/ind_542_pedro_e_deildo_entrar_sessao_dia_09-11.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/723/ind_542_pedro_e_deildo_entrar_sessao_dia_09-11.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando implantação de sinalização semafórica no encontro das Avenidas Ivinhema e José Heitor de Almeida Camargo no município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/756/ind_575_leandro_e_subscritos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/756/ind_575_leandro_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, solicitando que:_x000D_
 a)	Pavimentação asfáltica da Estrada Odilon Ribeiro dos Santos no trecho compreendido entre o Encontro das Avenidas André Móya Perez e Avenida Yoshitaka Anzai até alcançar a rotatória da Avenida Antônio Joaquim de Moura Andrade/Auro Soares de Andrade;_x000D_
 b)	Adequação da Rotatória em frente à Entrada do Parque de Exposições Henrique Martins;_x000D_
 c)	Instalação de Sinalização Semafórica na Rotatória em frente à Entrada do Parque de Exposições Henrique Martins;_x000D_
 Construção de entrada e saída (mão inglesa) do Bairro Portal do Parque a partir da Rotatória em frente à Entrada do Parque de Exposições Henrique Martins até alcançar a Avenida Masahiko Azuma.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -469,68 +469,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/555/ind_381_joaogabi_marcia_cida_leandro_wilson_fabio_sandro_deildo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/578/ind_404_leandro_deildo_e_sandro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/605/ind_431_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/723/ind_542_pedro_e_deildo_entrar_sessao_dia_09-11.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/756/ind_575_leandro_e_subscritos.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/555/ind_381_joaogabi_marcia_cida_leandro_wilson_fabio_sandro_deildo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/578/ind_404_leandro_deildo_e_sandro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/605/ind_431_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/723/ind_542_pedro_e_deildo_entrar_sessao_dia_09-11.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/756/ind_575_leandro_e_subscritos.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="142" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="141.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>