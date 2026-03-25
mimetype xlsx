--- v0 (2025-12-29)
+++ v1 (2026-03-25)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/259/ind_156_joao_dan_wilson_leandro_e_gabriela.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/259/ind_156_joao_dan_wilson_leandro_e_gabriela.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao  Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, reiterando a Indicação nº107/2018, que solicita que mediante estudo, seja realizada a desapropriação de 05 ( cinco) alqueires para a construção de um Parque Industrial no Distrito Nova Casa Verde para atender os comerciantes e novos empresários.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/259/ind_156_joao_dan_wilson_leandro_e_gabriela.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/259/ind_156_joao_dan_wilson_leandro_e_gabriela.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="80.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>