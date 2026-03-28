--- v0 (2025-12-22)
+++ v1 (2026-03-28)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/309/ind_207_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/309/ind_207_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Diretor do DEMTRAN, Sr. ANILTON FERREIRA DOS SANTOS, solicitando que seja feita a mudança das “Placas de Sinalização de Trânsito” denominada “PARE” da Rua Espírito Santo para a esquina da Rua Santo Antonio.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES,   solicitando que seja realizado estudo para implantação de algum recurso( pintura de faixa de pedestre, rótula, recuo para conversão) para garantir segurança da população, na Avenida Antônio Joaquim de Moura Andrade esquina com a Rua Israel da Silva Nantes, e a Rua Grancindo Abílio Lourenço, (Boiadeira), que dão acesso aos Bairros: Jardim Monte Carlos, Jardim Imperial e Residencial Paris.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -420,68 +420,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/309/ind_207_edeildo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/309/ind_207_edeildo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>