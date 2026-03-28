--- v0 (2025-12-19)
+++ v1 (2026-03-28)
@@ -54,81 +54,81 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/96/ind_038_edeildo_gabriela.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/96/ind_038_edeildo_gabriela.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, SR. JULIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, e ao Diretor Executivo de Assessoramento da AGESUL, SR. HUMBERTO HENRIQUE TEIXEIRA SALES, solicitando a “Sinalização Gráfica Horizontal” traçadas ao longo da pista de rolamento, dividindo faixas em fluxos de mesmo sentindo, em ambos os lados na Rodovia MS 134, no trecho compreendido entre a Rua Pastor Julio Ferreira de Alencar e a Rotatória de acesso ao Bairro Universitário.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/303/ind_201_ceara_nao_entrou.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/303/ind_201_ceara_nao_entrou.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, solicitando viabilização para a implantação/construção de ondulação transversal à via na “Rua Walter Hubacher”, entre a “Rua Joaquim Sampaio Neto” e “Rua Elizabeth Rubiano”, e instalação de sinalização horizontal de faixa, para travessia de pedestres na rampa de acesso do Hospital CASSEMS.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário de Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Diretor Executivo de Assessoramento da AGESUL, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES,   solicitando que seja realizado estudo para implantação de algum recurso( pintura de faixa de pedestre, rótula, recuo para conversão) para garantir segurança da população, na Avenida Antônio Joaquim de Moura Andrade esquina com a Rua Israel da Silva Nantes, e a Rua Grancindo Abílio Lourenço, (Boiadeira), que dão acesso aos Bairros: Jardim Monte Carlos, Jardim Imperial e Residencial Paris.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -435,68 +435,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/96/ind_038_edeildo_gabriela.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/303/ind_201_ceara_nao_entrou.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/96/ind_038_edeildo_gabriela.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/303/ind_201_ceara_nao_entrou.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/324/ind_222_wilson.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>