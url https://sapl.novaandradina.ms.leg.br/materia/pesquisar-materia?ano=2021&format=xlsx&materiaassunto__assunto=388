--- v0 (2025-12-29)
+++ v1 (2026-03-30)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, ALEMÃO DA SEMENTE, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_124_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_124_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ouvido o Plenário REQUEREM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças, Sr. EMERSON NANTES DE MATOS, requerendo as seguintes informações referente as arrecadações 2020, 2021, (mês a mês) até a referente data?_x000D_
 1-	 IPTU  _x000D_
 2-	ISSQN/ RELAÇÃO COMPLETA DOS CONTRIBUINTES _x000D_
 3-	 FPM_x000D_
 4-	 ICMS_x000D_
 5-	ITBI _x000D_
 6-	Divida Ativa mais qual o valor devedor com atualização de dados até o presente momento._x000D_
 7-	Relatório de fluxo de caixa financeiro atual, emitido pela tesouraria da prefeitura e da secretária municipal de saúde._x000D_
 8-	Qual o valor que houve de economia com o não pagamento do reajuste anual dos servidores públicos municipais de 5,20%, referente ao ano de 2020/2021?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -413,68 +413,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_124_arion.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/941/requerimento_124_arion.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>