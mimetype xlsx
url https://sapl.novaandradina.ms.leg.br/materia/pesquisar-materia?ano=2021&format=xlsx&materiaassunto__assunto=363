--- v0 (2025-12-23)
+++ v1 (2026-03-28)
@@ -54,150 +54,150 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_12_sandro_hoici.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_12_sandro_hoici.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, requerendo a data para o término da obra na ponte sobre o Córrego Umbaracá.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_059_sandro_e_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_059_sandro_e_edeildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, requerendo as seguintes informações sobre a ponte do Córrego Umbaracá, recentemente reconstruída e inaugurada:_x000D_
 _x000D_
 a)	Em relação ao leito do córrego próximo a ponte, tem alguma obra prevista para ser executada? Se sim, quais são e seus prazos._x000D_
 b)	Na saída da tubulação recentemente construída do loteamento Jardim Itália, será executada alguma obra até a chegada no leito do córrego?_x000D_
 c)	A empresa responsável pela construção da tubulação apresentou alguns estudos/projetos sobre o impacto do volume das águas no leito do córrego? Se sim, enviar cópia dos estudos/projetos.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/49/ind_003_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/49/ind_003_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando a viabilização da substituição de pontes de madeiras por pontes de concreto nas rodovias rurais de maior fluxo.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/622/ind_445_alemao.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/622/ind_445_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando:_x000D_
 a) A restauração das pontes sobre os córregos Laranjal e São Benedito no município de Nova Andradina-MS – NA 15;_x000D_
 b) Restauração da Estrada Municipal – NA 15.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/658/ind_478_joao_dan.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/658/ind_478_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Secretário de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que providencie a reforma da ponte sobre o Córrego Seco no Assentamento Teijin.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/659/ind_479_joao_dan_e_deildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/659/ind_479_joao_dan_e_deildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que providencie a substituição da ponte de madeira da 17 de Abril por uma de concreto, localizada no Assentamento Teijin.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/794/ind_595_alemao_da_semente.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/794/ind_595_alemao_da_semente.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente a Senadora Federal, Sra. SORAYA TRONICKE, com cópia ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINEL, solicitando a disponibilização de Emenda Parlamentar para atender ao município de Nova Andradina-MS, na substituição das Pontes de Madeira por Pontes de Concreto Armado, nas seguintes localidades:_x000D_
 _x000D_
 a)	Ponte 05 - Estrada Municipal: NA – 20, Acesso MS - 134 – Km – 10 – Curso d’água: Córrego São Rafael - Coordenadas Geográficas: Zona 22 K – coordenadas (UTM), Latitude (S) 7555081.00 – Longitude: (E) 266400,00;_x000D_
 b)	Ponte 29 - Estrada Municipal: NA – 09, Acesso MS - 473 – Km – 34 – Trecho Rodovia: Acesso MS – 473 esquerdas antes do Córrego Laranjal. – Coordenadas Geográficas: Zona 22 K – coordenadas (UTM), Latitude (S) 7558935.00 – Longitude: (E) 225044,00,_x000D_
 c)	Ponte 31 - Estrada Municipal: NA - 10, Acesso MS - 473 – Km – 34 – Curso d’água: Córrego São Bento - Trecho Rodovia: Acesso MS – 473 Próximo a Igreja Batelão – Fazenda Sapé – Fazenda D. Geni - Coordenadas Geográficas: Zona 22 K – coordenadas (UTM), Latitude (S) 7566948.00 – Longitude: (E) 221458,00;_x000D_
 d)	Ponte sobre o Córrego Ludovico – NA – 14 - no Bairro Papagaio – trecho compreendido entre a Fazenda Chalana e Cristo Rei;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -509,68 +509,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_12_sandro_hoici.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_059_sandro_e_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/49/ind_003_arion.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/622/ind_445_alemao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/658/ind_478_joao_dan.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/659/ind_479_joao_dan_e_deildo.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/794/ind_595_alemao_da_semente.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/21/requerimento_12_sandro_hoici.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/134/requerimento_059_sandro_e_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/49/ind_003_arion.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/622/ind_445_alemao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/658/ind_478_joao_dan.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/659/ind_479_joao_dan_e_deildo.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/794/ind_595_alemao_da_semente.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>