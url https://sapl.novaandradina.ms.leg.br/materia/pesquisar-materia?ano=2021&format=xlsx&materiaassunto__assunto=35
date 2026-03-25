--- v0 (2026-02-05)
+++ v1 (2026-03-25)
@@ -54,330 +54,330 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOE</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA A LEI ORGANICA DO EXECUTIVO</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2845/emenda_a_lei_organica_1-2021_-_previdencia.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2845/emenda_a_lei_organica_1-2021_-_previdencia.doc</t>
   </si>
   <si>
     <t>DESTAQUE DOPROJETO DE EMENDA À LEI ORGÂNICA Nº 1, de 8 de Junho de 2021._x000D_
 _x000D_
 _x000D_
 Altera e acrescenta disposições na Lei Orgânica do Município de Nova Andradina, e dá outras providências.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/773/projeto_de_lei_complementar_1-2021_-_alteracao_da_lc_223-2018.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/773/projeto_de_lei_complementar_1-2021_-_alteracao_da_lc_223-2018.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 1, de 08 de Março de 2021_x000D_
 Dispõe sobre alteração da Lei Complementar 223, de 04 de junho de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/782/projeto_de_lei_complementar_2-2021_-_alteracao_da_zoneamento.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/782/projeto_de_lei_complementar_2-2021_-_alteracao_da_zoneamento.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 2, de 8 de Março de 2021._x000D_
 Dispõe sobre alteração do zoneamento territorial do Município de Nova Andradina – MS, e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_de_lei_complementar_4-2021_-_parcelamento_incentivado-pepi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_de_lei_complementar_4-2021_-_parcelamento_incentivado-pepi.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 4, de 26 de Maio de 2021._x000D_
 _x000D_
 _x000D_
 Institui o Programa Especial de Parcelamento Incentivado – PEPI no Município de Nova Andradina, Estado de Mato Grosso do Sul, visando mitigar os efeitos da pandemia do Coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_complementar_6-2021_-_alteracao_da_lc_42-2002.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_complementar_6-2021_-_alteracao_da_lc_42-2002.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 6, de 22 de Junho de 2021._x000D_
 Dispõe sobre alteração da Lei Complementar 042, de 26 de junho de 2002, e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_complementar_7-2021_-_previdencia_complementar.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_complementar_7-2021_-_previdencia_complementar.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 7, de 23 de Junho de 2021._x000D_
 Institui o Regime de Previdência Complementar no âmbito do Município de Nova Andradina-MS; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_complementar_8-2021_-_alteracao_da_lc_42-2002.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_complementar_8-2021_-_alteracao_da_lc_42-2002.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 8, de 17 de Agosto de 2021._x000D_
 Dispõe sobre acréscimos na Lei Complementar 42, de 26 de junho de 2002, e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 10, de 22 de Dezembro de 2021._x000D_
 Dispõe sobre a alteração do caput do artigo 1° e do artigo 2° da Lei Complementar 270/2021, e dá outras providencias.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, DR. SANDRO - MDB, GABRIELA DELGADO, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/867/plc_1_-_2021_mesa_diretora.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/867/plc_1_-_2021_mesa_diretora.doc</t>
   </si>
   <si>
     <t>“Altera o Art. 4º. da Lei Complementar 148, de 27 de Agosto de 2012, e dá outras providências”.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA, JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/875/plc_6_mesa_diretora_-_salario.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/875/plc_6_mesa_diretora_-_salario.doc</t>
   </si>
   <si>
     <t>“Inclui parágrafos ao artigo 15 da Lei Complementar n. 135, de 04 de janeiro de 2012, e dá outras providências”.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/887/plc_7_-_ceara_acrecenta_plano_de_cargos_e_carreira.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/887/plc_7_-_ceara_acrecenta_plano_de_cargos_e_carreira.doc</t>
   </si>
   <si>
     <t>“Altera e Acrescenta a Sessão lll, artigo Art. 25. §1º ao capitulo V à Lei Complementar nº. 135 de 04 de Janeiro de 2012, que Dispõe sobre Plano de Cargos, Carreira e Remuneração dos Servidores da Câmara Municipal de Nona Andradina, e da outras Providencias”.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_2_-_alteracao_da_lei_1269-20151.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_2_-_alteracao_da_lei_1269-20151.doc</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei 1.269/2015, e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_5-2021-_alteracao_da_lei_647-2007.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_5-2021-_alteracao_da_lei_647-2007.doc</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 647/2007, que cria o Conselho do FUNDEB, Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação do Município, bem como revoga a Lei nº 799/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/830/projeto_de_lei_15-2021-_alteracao_da_lei_1.550-2019.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/830/projeto_de_lei_15-2021-_alteracao_da_lei_1.550-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.550, de 21 de novembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/837/projeto_de_lei_22-2021-_alteracao_da_lei_1.506-2019.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/837/projeto_de_lei_22-2021-_alteracao_da_lei_1.506-2019.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 1.506, de 25 de fevereiro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_38-2021-_alteracao_da_lei_1.590-2020.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_38-2021-_alteracao_da_lei_1.590-2020.doc</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivo na Lei nº. 1.590, de 26 de agosto de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_39-2021_-_alteracao_-_069-1997.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_39-2021_-_alteracao_-_069-1997.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº. 069, de 16 de maio de 1997, e dá outras providências.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_22_-_ceara_dia_do_nordestino-1.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_22_-_ceara_dia_do_nordestino-1.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a alteração do Artigo 1º da Lei Nº 1.031 de 14 de Dezembro de 2011 que institui a criação do Dia Municipal do Migrante Nordestino, e dá outras providências”.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_de_lei_39_-_ceara.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_de_lei_39_-_ceara.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração da Lei 1.069/2012, e dá outras providências”.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/942/resolucao_04-2021_horario_das_sessoes.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/942/resolucao_04-2021_horario_das_sessoes.doc</t>
   </si>
   <si>
     <t>"Altera o artigo 106 da Resolução nº. 06/1990 (Regimento Interno da Câmara Municipal de Nova Andradina – MS)”.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/562/ind_388_cida.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/562/ind_388_cida.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, solicitando que seja alterado o inciso II do artigo 2º da Lei n. 1.216, de 18 de julho de 2014, passando vigorar com seguinte redação:_x000D_
 Art. 2º (...)_x000D_
 II - Na Avenida Eurico Soares de Andrade, Rua Espírito Santo trecho compreendido entre a Rua Sete de Setembro e Avenida Rio Brilhante e trecho compreendido entre a Rua São José e Avenida Ivinhema.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -686,67 +686,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2845/emenda_a_lei_organica_1-2021_-_previdencia.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/773/projeto_de_lei_complementar_1-2021_-_alteracao_da_lc_223-2018.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/782/projeto_de_lei_complementar_2-2021_-_alteracao_da_zoneamento.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_de_lei_complementar_4-2021_-_parcelamento_incentivado-pepi.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_complementar_6-2021_-_alteracao_da_lc_42-2002.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_complementar_7-2021_-_previdencia_complementar.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_complementar_8-2021_-_alteracao_da_lc_42-2002.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/867/plc_1_-_2021_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/875/plc_6_mesa_diretora_-_salario.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/887/plc_7_-_ceara_acrecenta_plano_de_cargos_e_carreira.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_2_-_alteracao_da_lei_1269-20151.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_5-2021-_alteracao_da_lei_647-2007.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/830/projeto_de_lei_15-2021-_alteracao_da_lei_1.550-2019.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/837/projeto_de_lei_22-2021-_alteracao_da_lei_1.506-2019.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_38-2021-_alteracao_da_lei_1.590-2020.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_39-2021_-_alteracao_-_069-1997.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_22_-_ceara_dia_do_nordestino-1.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_de_lei_39_-_ceara.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/942/resolucao_04-2021_horario_das_sessoes.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/562/ind_388_cida.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/2845/emenda_a_lei_organica_1-2021_-_previdencia.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/773/projeto_de_lei_complementar_1-2021_-_alteracao_da_lc_223-2018.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/782/projeto_de_lei_complementar_2-2021_-_alteracao_da_zoneamento.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_de_lei_complementar_4-2021_-_parcelamento_incentivado-pepi.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/786/projeto_de_lei_complementar_6-2021_-_alteracao_da_lc_42-2002.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_complementar_7-2021_-_previdencia_complementar.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_lei_complementar_8-2021_-_alteracao_da_lc_42-2002.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_complementar_10-2021_-_isencao_itbi.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/867/plc_1_-_2021_mesa_diretora.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/875/plc_6_mesa_diretora_-_salario.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/887/plc_7_-_ceara_acrecenta_plano_de_cargos_e_carreira.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_2_-_alteracao_da_lei_1269-20151.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/819/projeto_de_lei_5-2021-_alteracao_da_lei_647-2007.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/830/projeto_de_lei_15-2021-_alteracao_da_lei_1.550-2019.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/837/projeto_de_lei_22-2021-_alteracao_da_lei_1.506-2019.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1025/projeto_de_lei_38-2021-_alteracao_da_lei_1.590-2020.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/854/projeto_de_lei_39-2021_-_alteracao_-_069-1997.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_22_-_ceara_dia_do_nordestino-1.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/486/projeto_de_lei_39_-_ceara.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/942/resolucao_04-2021_horario_das_sessoes.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/562/ind_388_cida.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="146.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="145.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>