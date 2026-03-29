--- v0 (2025-12-31)
+++ v1 (2026-03-29)
@@ -54,87 +54,87 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_19_-__cida_bugre_e_subscritos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_19_-__cida_bugre_e_subscritos.doc</t>
   </si>
   <si>
     <t>Institui o programa de fornecimento de absorventes higiênicos - PFAH nas escolas públicas que ofertam anos finais de ensino fundamental e ensino médio no município de NOVA ANDRADINA-MS, e da outras providências.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/357/ind_246_cida_marcia_e_gabriela.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/357/ind_246_cida_marcia_e_gabriela.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando que sejam fornecidos ABSORVENTES HIGIÊNICOS ou seja, KITS MESTRUAL, para mulheres nas Unidades Estratégia de Saúde da Família (ESFs) de Nova Andradina MS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, FABIO ZANATA, GABRIELA DELGADO, JOSENILDO CEARÁ, MÁRCIA LOBO, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/475/ind_320_cida_marcia_gabi_ceara_fabio_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/475/ind_320_cida_marcia_gabi_ceara_fabio_wilson.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e à Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando que seja INSTITUIDO O PROGRAMA DE FORNECIMENTO DE ABSORVENTES HIGIÊNICOS - PFAH NAS ESCOLAS PÚBLICAS, OFERTANDO NOS ANOS FINAIS DE ENSINO FUNDAMENTAL E ENSINO MÉDIO, NO MUNICÍPIO DE NOVA ANDRADINA MS, conforme minuta do anteprojeto de lei, anexo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -441,68 +441,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_19_-__cida_bugre_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/357/ind_246_cida_marcia_e_gabriela.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/475/ind_320_cida_marcia_gabi_ceara_fabio_wilson.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/450/projeto_de_lei_19_-__cida_bugre_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/357/ind_246_cida_marcia_e_gabriela.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/475/ind_320_cida_marcia_gabi_ceara_fabio_wilson.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>