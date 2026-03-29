--- v0 (2025-10-20)
+++ v1 (2026-03-29)
@@ -51,181 +51,181 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>DR. SANDRO - MDB, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO - PSDB</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/56/ind_007_dr_sandro_edeildo_e_arion.doc</t>
+    <t>DR. SANDRO - MDB, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/56/ind_007_dr_sandro_edeildo_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando a criação de um Parque Ecológico Sustentável na matinha do bairro Vila Beatriz.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/311/ind_209_subscritos.doc</t>
+    <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/311/ind_209_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que viabilize estudo para a construção de uma praça na área institucional do Bairro Residencial Paris, com brinquedos, academia, pista de caminhada, quadra de futebol e vôlei.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/314/ind_212_gabi.doc</t>
+    <t>GABRIELA DELGADO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/314/ind_212_gabi.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretario de Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que viabilize estudo para a construção de uma praça na área institucional do Bairro Residencial Paris, com brinquedos, academia, pista de caminhada, quadra de futebol e vôlei.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, WILSON ALMEIDA - UNIÃO</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/341/ind_236_joao_dan_e_wilson.doc</t>
+    <t>JOÃO DAN - PDT, WILSON ALMEIDA</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/341/ind_236_joao_dan_e_wilson.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando que se providencie a revitalização da praça, bem como a instalação de um novo parque infantil (pedagógico) em Nova Casa Verde, ao lado da ESF.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/425/ind_297_joao_dan.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/425/ind_297_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL  e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando que seja viabilizada a construção de uma pista de caminhada, parque infantil e academia ao ar livre na quadra da ESF de Nova Casa Verde.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, ALEMÃO DA SEMENTE - PSDB, JOÃO DAN - PDT</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/663/ind_483_edeildo_joao_dan_e_alemao.doc</t>
+    <t>DEILDO PISCINEIRO, ALEMÃO DA SEMENTE, JOÃO DAN - PDT</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/663/ind_483_edeildo_joao_dan_e_alemao.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudos para a construção de quadras de bocha sendo:_x000D_
 _x000D_
 a)	01 Quadra de bocha em área centralizada do município de Nova Andradina._x000D_
 b)	01 Quadra de bocha no Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, JOÃO DAN - PDT</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/664/ind_484_edeildo_joao_dan_e_sandro.doc</t>
+    <t>DEILDO PISCINEIRO, DR. SANDRO - MDB, JOÃO DAN - PDT</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/664/ind_484_edeildo_joao_dan_e_sandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudos para a construção de Campo de Malha nos seguintes locais:_x000D_
 _x000D_
 a)	Construir mais 01 Pista de Malha na Praça José Carreira Mendes;_x000D_
 b)	Incluindo Cobertura para a Pista Existente e a Nova que será construída;_x000D_
 c)	Construir 01 Pista de Malha no Distrito de Nova Casa Verde com cobertura;_x000D_
 d)	Adequação da Mureta de Proteção a Pista com no Mínimo 40 cm de altura (ambas as Pistas - Praça José Carreira Mendes e Distrito de Nova Casa Verde);_x000D_
 e)	Saídas Laterais ao fundo da Pista para os participantes que aguardam vez de jogo;_x000D_
 f)	Pinturas com tinta adequadas à Pista de Malhas no Intuito de melhor deslize das Malha.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/721/ind_540_joao_dan.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/721/ind_540_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, e a Secretária Municipal de Cidadania e Assistência Social, Sra. JULLIANA CAETANO ORTEGA, solicitando que seja viabilizado um meio de locomoção (ônibus)  para transportar os idosos do Distrito Nova Casa Verde, terça e quinta, no período vespertino para participar das Confraternizações realizadas no Centro de Convivência para o Idoso de Nova Andradina (CONVIVER), no qual esses “bailes” terão retorno em fevereiro de 2022.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>FABIO ZANATA - MDB, GABRIELA DELGADO - MDB</t>
-[...2 lines deleted...]
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/735/ind_554_fabio_zanata_e_gabi.doc</t>
+    <t>FABIO ZANATA, GABRIELA DELGADO</t>
+  </si>
+  <si>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/735/ind_554_fabio_zanata_e_gabi.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Diretor-Presidente da FUNDESPORTE, Sr. MARCELO FERREIRA MIRANDA e ao Diretor-Presidente da FUNAEL, Sr. WILLIAM MORAES, solicitando que seja enviado para o município de Nova Andradina o programa Lazer nas Cidades.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -532,68 +532,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/56/ind_007_dr_sandro_edeildo_e_arion.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/311/ind_209_subscritos.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/314/ind_212_gabi.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/341/ind_236_joao_dan_e_wilson.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/425/ind_297_joao_dan.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/663/ind_483_edeildo_joao_dan_e_alemao.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/664/ind_484_edeildo_joao_dan_e_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/721/ind_540_joao_dan.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/735/ind_554_fabio_zanata_e_gabi.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/56/ind_007_dr_sandro_edeildo_e_arion.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/311/ind_209_subscritos.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/314/ind_212_gabi.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/341/ind_236_joao_dan_e_wilson.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/425/ind_297_joao_dan.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/663/ind_483_edeildo_joao_dan_e_alemao.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/664/ind_484_edeildo_joao_dan_e_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/721/ind_540_joao_dan.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/735/ind_554_fabio_zanata_e_gabi.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>