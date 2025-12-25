--- v0 (2025-10-07)
+++ v1 (2025-12-25)
@@ -66,81 +66,81 @@
   <si>
     <t>21</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/30/requerimento_21_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, requerendo esclarecimentos referente a área de odontologia, na ESF do distrito de Nova Casa Verde:</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE</t>
+    <t>GABRIELA DELGADO, JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/34/requerimento_25_gabriela_leandro_marcia_e_joao_dan.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, requerendo as seguintes informações  referente a reforma da ESF Nova Casa Verde:</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/36/requerimento_27_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO, solicitando que esses órgãos de gestão repasse ao Legislativo Municipal as seguintes informações sobre “Atendimento Médico”, da ESF Vila Operária no município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB</t>
+    <t>GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/42/requerimento_033_gabriela_-_retirada_pois_deildo_fez__na_sessao_de_16-03.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. SERGIO DIAS MAXIMIANO, tendo em vista a saída da Drª. Daniella Muniz Martins da ESF e os munícipes estão sem atendimento médico, causando assim transtornos imensuráveis para quem necessita de atendimento, requerendo a seguinte informação, referente a ESF Vila Operária:</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/51/ind_004_arion.doc</t>
   </si>
@@ -198,183 +198,183 @@
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/175/ind_115_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao  Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO,  solicitando com urgência, a aquisição de 01 (um) aparelho celular android, destinado para a ESF de Nova Casa Verde</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/225/ind_138_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando com urgência que seja feita a reforma da extensão da ESF do Distrito de Nova Casa Verde, ressaltando a modernização dos equipamentos situados no Assentamento Angico.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, GABRIELA DELGADO - MDB, LEANDRO FERREIRA LUIZ FEDOSSI</t>
+    <t>MÁRCIA LOBO, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/293/ind_191_marcia_leandro_e_gabriela.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, solicitando a construção de uma varanda na ESF de Nova Casa Verde.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/297/ind_195_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando estudos e elaboração de processo seletivo simplificado de estagiários para auxiliar os profissionais das ESFs (Estratégia de Saúde da Família) com a possível viabilidade de abranger o Projeto Jovem Aprendiz.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/364/ind_253_joao_dan_e_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. SÉRGIO MAXIMIANO, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja disponibilizado uma sala na ESF de Nova Casa Verde, para uso dos motoristas de ambulância, para descanso, visando a permanência destes na ESF, o único local de atendimento voltado a saúde em Nova Casa Verde.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, ARION AISLAN DE SOUSA - PL, FABIO ZANATA - MDB</t>
+    <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL, FABIO ZANATA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/394/ind_274_gabi_fabio_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO,  e à Secretária de Municipal de Cidadania e Assistência Social, Sr. JULLIANA CAETANO ORTEGA, solicitando a realização de Campanha de Inserção do DIU às Mulheres no Centro de Referência a Saúde da Mulher em Nova Andradina e  no ESF do Distrito de Nova Casa Verde.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>JOÃO DAN - PDT, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOSENILDO CEARÁ - PT, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>JOÃO DAN - PDT, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/408/ind_281_joao_dan_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, SÉRGIO MAXIMIANO, solicitando que sejam disponibilizadas tendas com paredes laterais para atendimento dos munícipes, para por nas entradas das ESF de Nova Andradina, a fim de evitar aglomeração na recepção da mesma</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE - PSDB, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO - PSDB, DR. SANDRO - MDB, FABIO ZANATA - MDB, GABRIELA DELGADO - MDB, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ - PT, MÁRCIA LOBO - PODE, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA - UNIÃO</t>
+    <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/511/ind_342_vereadores_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Dep. Federal LUIZ ALBERTO OVANDO - (PSL), com cópia ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, solicitando Emenda Parlamentar Para a Implantação e Construção da Estratégia Saúde da Família (ESF) no Bairro Universitário no Município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, CIDA DO ZÉ BUGRE - PODE, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/595/ind_421_marcia_cida_e_gabi.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMINIANO, solicitando que volte a servir café com bolachas nas recepções das unidades de saúde.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>JOSÉ GILBERTO GARCIA</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/647/ind_467_alemao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal da Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando adequação da rampa de acesso e vaga exclusiva de estacionamento para pessoas com deficiência física e cadeirantes, na ESF Vila Operária – Nova Andradina-MS.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/648/ind_468_gabi.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando que o agendamento para consultas na ESF Vila Operária seja padronizado, conforme é realizado nas outras ESF's do município.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>GABRIELA DELGADO - MDB, ARION AISLAN DE SOUSA - PL</t>
+    <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/666/ind_486_gabi_e_arion_retirada_na_reuniao_de_pauta.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando que seja realizada pintura em todos os prédios das ESF´s do Município de Nova Andradina.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/720/ind_539_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Planejamento e Administração, Sr. VALTER VALENTIN PINTO, e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando com urgência a compra de um notebook para a extensão da ESF de Nova Casa Verde, situado no Assentamento Angico em Nova Casa Verde.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>609</t>
   </si>