--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -54,165 +54,165 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, DEILDO PISCINEIRO, LEANDRO FERREIRA LUIZ FEDOSSI</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/201/ind_100_joao_dan_alemao_deildo_leandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/201/ind_100_joao_dan_alemao_deildo_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Deputado Estadual, Sr. RENATO PIERETTI CÂMARA, solicitando a intervenção junto ao Diretor Presidente da ENERGISA, SR. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, reiterando indicação nº 436/2018, para que seja feito um levantamento técnico a fim de viabilizar a instalação de uma Subestação de Energia Elétrica no Distrito Nova Casa Verde do Município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Coordenador Regional da Energisa, Sr. EMERSON SEIXAS DA COSTA, solicitando que seja realizada a instalação de iluminação pública na Rua Elio Fronha esquina com a Rua Leonilde Ribeiro, Bairro Celina Gonçalves.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/269/ind_167_wilson_e_ceara.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/269/ind_167_wilson_e_ceara.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Diretor Presidente da SANESUL, Sr. WALTER CARNEIRO JUNIOR, ao Gerente Regional da SANESUL, Sr. JAIR RIBEIRO, ao Diretor Presidente Estadual da ENERGISA, Sr. MARCELO VINHAS MONTEIRO, e ao Diretor Presidente Regional da ENERGISA, Sr. GABRIEL ALVES PEREIRA JÚNIOR, solicitando que seja feito estudo a fim de isentar a taxa de religação da água e de energia.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/537/ind_363_wilson_e_subscritos_.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/537/ind_363_wilson_e_subscritos_.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Saúde, Sr. SÉRGIO DIAS MAXIMIANO, solicitando que seja feita a inclusão dos os servidores da SANESUL e ENERGISA, no grupo prioritário da vacinação contra a COVID-19, considerando o plano nacional de imunização, de acordo com a Lei n° 14.023, de 08 de julho de 2020, que altera a Lei n° 13.979, de 06 de fevereiro de 2020, que visa garantir a adoção de medidas imediatas para preservar a saúde e a vida dos profissionais do grupos prioritários e essenciais ao controle e enfrentamento do novo coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL e ao Supervisor de Construção e Manutenção da ENERGISA Nova Andradina - MS, Sr. NEREU CORREIA, solicitando que seja realizado estudo técnico para instalação de Iluminação Pública na Rotatória localizada na saída para Ivinhema.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/615/ind_441_leandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/615/ind_441_leandro.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Coordenador Regional da Energisa, Sr. EMERSON SEIXAS DA COSTA, solicitando a Extensão de Rede em Baixa Tensão para os três postes de concretos já instalados com instalação de três luminárias de LED, na Rua Manoel Rodrigues Filho, entre a Avenida Reitor Peró e a Avenida Hormindo Alves Pereira, no Bairro Universitário (Anexos).</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Coordenador Regional da Energisa, Sr. EMERSON SEIXAS DA COSTA, solicitando que possam realizar a instalação de rede de Iluminação Pública no Bairro Ipanema, Rua Cassiano José Rodrigues, no trecho compreendido entre as Ruas Pastor Júlio Alencar e Joaquim Correia da Silva.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Supervisor de Construção e Manutenção da ENERGISA Nova Andradina - MS, Sr. NEREU CORREIA, solicitando que seja realizado estudo técnico para instalação de Iluminação Pública em toda extensão da Estrada Municipal Odilon Ribeiro dos Santos.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Governador do Estado de Mato Grosso do Sul, Sr. REINALDO AZAMBUJA, ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, Com cópia ao Secretário de Estado de Governo e Gestão (Segov), Sr. PEDRO CARAVINA, ao Diretor Executivo de Assessoramento da AGESUL – RR de Nova Andradina, Sr. HUMBERTO HENRIQUE TEIXEIRA SALES, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, ao Diretor Presidente da ENERGISA, Dr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, solicitando que:_x000D_
 a)	Na continuidade da Avenida Eurico Soares de Andrade Adentrando a MS – 473 até a Rotatória sobre o Córrego Santa Bárbara possa haver Implantação e extensão da Iluminação Pública;_x000D_
 b)	Na continuidade da Avenida Eurico Soar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -521,68 +521,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/201/ind_100_joao_dan_alemao_deildo_leandro.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/269/ind_167_wilson_e_ceara.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/537/ind_363_wilson_e_subscritos_.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/615/ind_441_leandro.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/201/ind_100_joao_dan_alemao_deildo_leandro.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/163/ind_110_gabriela.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/269/ind_167_wilson_e_ceara.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/537/ind_363_wilson_e_subscritos_.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/568/ind_394_edeildo.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/615/ind_441_leandro.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/724/ind_543_pedro_e_wilson_entrar_sessao_dia_09-11.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/739/ind_558_edeildo.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/919/ind_614_deildo.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>