--- v0 (2025-12-20)
+++ v1 (2026-03-22)
@@ -54,153 +54,153 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_019_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_019_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, requerendo as seguintes informações sobre o serviço de tapa buracos:</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/370/ind_259_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/370/ind_259_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam feitas melhorias de pavimentação asfáltica, por meio de “tapa buracos”, em “Ruas/Avenidas” do Bairro Portal do Parque.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/469/ind_315_wilson_e_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/469/ind_315_wilson_e_edeildo.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando levantamento e análises nas ruas mais esburacadas de Nova Andradina, realizando sequencialmente o serviço de recapeamento e tapa-buracos nas mesmas.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/473/ind_318_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/473/ind_318_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja feito recapeamento e ou tapa-buracos, na Rua Artur Costa e Silva, entre Avenida Alcides Menezes Farias e Rua Miguel Fabrício Duarte.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/519/ind_350_fabio_zanata.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/519/ind_350_fabio_zanata.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que seja realizada uma operação de tapa buracos e a construção de uma canaleta no cruzamento das ruas Luiz Antonio da Silva e Osvaldo Campesato.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/699/ind_519_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/699/ind_519_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JULIO CÉSAR CASTRO MARQUES e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam feitas melhorias na pavimentação asfáltica, por meio de “tapa buracos”, em toda extensão do Bairro Argemiro Ortega.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/742/ind_561_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/742/ind_561_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços públicos, Sr. ROBERTO GINELL, solicitando serviço de tapa buraco no cruzamento da Avenida Hormindo Alves Pereira e Rua Professora Vera Lúcia Pagari Baptista, no bairro Celina Gonçalves.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/932/ind_627_ceara.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/932/ind_627_ceara.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, com cópia ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL solicitando a aquisição do “Asfalto Frio” concreto betuminoso usinado a quente a ser utilizado nos processos/operação tapa buracos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -507,68 +507,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_019_sandro.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/370/ind_259_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/469/ind_315_wilson_e_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/473/ind_318_wilson.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/519/ind_350_fabio_zanata.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/699/ind_519_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/742/ind_561_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/932/ind_627_ceara.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/28/requerimento_019_sandro.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/370/ind_259_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/469/ind_315_wilson_e_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/473/ind_318_wilson.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/519/ind_350_fabio_zanata.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/699/ind_519_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/742/ind_561_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/932/ind_627_ceara.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>