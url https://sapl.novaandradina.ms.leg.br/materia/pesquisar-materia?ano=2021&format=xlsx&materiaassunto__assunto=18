--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -54,410 +54,410 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/772/projeto_de_decreto_001-2021_tereza_cristina.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/772/projeto_de_decreto_001-2021_tereza_cristina.doc</t>
   </si>
   <si>
     <t>“CONCEDE TÍTULO DE CIDADÃ HONORÁRIA DO MUNICÍPIO DE NOVA ANDRADINA, ESTADO DE MATO GROSSO DO SUL,  A SENHORA TEREZA CRISTINA CORREA DA COSTA DIAS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/402/ind_276_marcia_n_entra_agora_aguardar.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/402/ind_276_marcia_n_entra_agora_aguardar.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Infraestrutura , Sr. JÚLIO CÉSAR CASTRO MARQUES, indicando a colocação de Placa de Homenagem ao Sr. LUIZ ROMERO, pelo Primeiro Gol de Inauguração do Ginásio de Esportes Irmão Bras Sinigaglia.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/345/mocao_003-2021_forca_tatica.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/345/mocao_003-2021_forca_tatica.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO  aos integrantes da Força Tática da Cidade de Nova Andradina/MS – POLÍCIA MILITAR-MS - que por meio da “OPERAÇÃO HÓRUS”, interceptaram o helicóptero modelo Robinson R44 que transportava grande quantidade de Entorpecentes e com bravura agiram: Heitor Henrique Costa Balbino - Cabo PM; Rafael Fuso Donaire Correia, Thiago Aparecido da Silva, Diego Vinicius da Silva Pereira, Diego Klagenberg e Jhonathan Nunes da Silva - todos Soldados PM; Vagner Amorin Alves - 3º Sargento PM; Nelson Vieira Tolotti - Capitão PM e Tenente Coronel José Roberto de Souza -  Comandante do 8º Batalhão da PMMS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/351/mocao_004-2021_delegacia_regional.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/351/mocao_004-2021_delegacia_regional.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO aos participantes das operações da Delegacia Regional de Nova Andradina/MS, “PELA INVESTIGAÇÃO E APREENSÃO DE ENTORPECENTES FEITA NO MUNICÍPIO”, em que com bravura agiram: Flávio de Almeida, Eumer Cordeiro Barbosa, Cícero Luiz Antão Barbosa e Cassiano Rodrigues Teixeira - todos Investigadores de Polícia; Leandro Louza de Oliveira - Escrivão de Polícia; Guilherme Scucuglia Cezar e André Luiz Novelli Lopes - ambos Delegados de Polícia.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>GABRIELA DELGADO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/353/mocao_005-2021_corpo_de_bombeiros.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/353/mocao_005-2021_corpo_de_bombeiros.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO E AGRADECIMENTO aos Bombeiros do 3° Subgrupamento de Bombeiros Militar Independente, pelos relevantes serviços prestados no exercício da função em nosso município, sendo eles:</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_006-2021_samu.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_006-2021_samu.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO aos Socorristas do SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA – SAMU, pelo belíssimo trabalho que desenvolve em nosso município, alusivo ao dia 11 de julho, considerado “Dia do Socorrista”, essa profissão que está muito além de ser detentor de conhecimentos técnicos científicos, mas sim, estar intimamente voltado a lidar com situações extremas, momentos de grandes dores e dificuldades com equilíbrio para atuar e dar o melhor de si pelo outro._x000D_
 O Serviço de Atendimento Móvel de Urgência (SAMU 192) tem como objetivo chegar precocemente à vítima após ter ocorrido alguma situação de urgência ou emergência que possa levar a sofrimento, a sequelas ou mesmo à morte. São urgências situações de natureza clínica, cirúrgica, traumática, obstétrica, pediátrica, psiquiátrica, entre outras. É um serviço gratuito, que funciona 24 horas, por meio da prestação de orientações e do envio de veículos tripulados por equipe capacitada, acessado pelo número "192" e acionado por uma Central de Regulação das Urgências. Em Nova Andradina/MS, nossa Central de Regulação Emergências Médicas é regulada pelo município de Dourados, que conta com profissionais de saúde e médicos treinados para dar orientações de primeiros socorros por telefone através de telemedicina. A prioridade é prestar o atendimento à vítima no menor tempo possível._x000D_
 O atendimento do SAMU 192 começa a partir do chamado telefônico. Os técnicos do atendimento telefônico que identificam a emergência e coletam as primeiras informações sobre as vítimas e sua localização. Em seguida, as chamadas são remetidas ao Médico Regulador, que presta orientações de socorro às vítimas e aciona as ambulâncias quando necessário, tudo isto em tempo real. Assim, logo a equipe se desloca para prestar a assistência necessária conforme orientação e acionamento médico. _x000D_
 Ao chegar ao local do atendimento (residência, via pública, local de trabalho, etc.) a equipe presta o cuidado necessário de acordo com a queixa/situação e encaminha a vítima, na maioria das vezes, para algum serviço terciário, no caso de Nova Andradina o serviço de referência - Hospital Regional Dr. Francisco Dantas Maniçoba, onde ocorrerá a continuidade do atendimento/tratamento.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_010-2021_pm_na.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_010-2021_pm_na.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO E AGRADECIMENTO ao Sr. LUIZ ANTÔNIO OLIVEIRA – Sargento Oliveira, pelos relevantes serviços prestados à Polícia Militar do Estado de Mato Grosso do Sul e a todos os cidadãos e cidadãs do município de Nova Andradina-MS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>WILSON ALMEIDA, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_012-2021_pesar_wilson_galvao_jr.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_012-2021_pesar_wilson_galvao_jr.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PESAR à família do Sr. WILSON SOARES GALVÃO JUNIOR, falecido no dia 07 de agosto de 2021, vítima de choque séptico, em decorrência de complicações causadas pela Covid-19.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_013-2021_gema.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_013-2021_gema.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO ao PROJETO GEMA pela realização do “III Festival Melhor do Que Parece”.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_014-2021_apae.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_014-2021_apae.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA, que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à Associação de Pais e Amigos dos Excepcionais - APAE de Nova Andradina-MS, pelos 40 anos de fundação no município.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/508/mocao_015-2021_hospital_regional__em_construcao.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/508/mocao_015-2021_hospital_regional__em_construcao.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUERE À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a todos os funcionários do Hospital Regional de Nova Andradina, pelos relevantes serviços prestados em  decorrência da COVID-19.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_016-2021_saude.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_016-2021_saude.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO A TODOS OS PROFISSIONAIS DA SAÚDE DO MUNICÍPIO PELO ENFRENTAMENTO À PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>FABIO ZANATA, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/527/mocao_018-2021_basquetebol.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/527/mocao_018-2021_basquetebol.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à Equipe de Basquetebol de Nova Andradina, pela conquista do 3º Lugar no Campeonato Estadual sub-17.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/619/mocao_20-2021_medicos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/619/mocao_20-2021_medicos.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à ASSOCIAÇÃO MÉDICA DE NOVA ANDRADINA E DO VALE DO IVINHEMA (AMENAVI), representada pelo Presidente Sr. RICARDO CUSTÓDIO ZUCOLOTO, pelo do Dia do Médico comemorado em 18 de outubro.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/620/mocao_21-2021_conviver.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/620/mocao_21-2021_conviver.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO ao  Grupo de Dança do Centro de Convivência do Idoso (Conviver) de Nova Andradina/MS, pela conquista do “ 1º lugar no Festival de Dança Coreografa da Melhor Idade”.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/905/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/905/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO, a Subsecretaria Estadual de Políticas Públicas para Pessoas com Deficiência (SubsPCD) - MS, Sra. TELMA NANTES DE MATOS, pelos relevantes serviços prestados as pessoas com deficiência no Estado de Mato Grosso do Sul.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/911/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/911/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>LEANDRO FERREIRA LUIZ FEDOSSI, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/906/mocao_033_-_oab.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/906/mocao_033_-_oab.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO à Diretoria Eleita da OAB (Ordem dos Advogados do Brasil) 7ª SUBSEÇÃO DE NOVA ANDRADINA – MS, para o próximo triênio.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/910/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/910/mocao_032_-2021_subsecretaria_telma_nantes.doc</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1029/mocao_036_-_ilson_cherubim.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1029/mocao_036_-_ilson_cherubim.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO ao Advogado Sr. ILSON CHERUBIM, pela eleição como Conselheiro Seccional da OAB/MS para o mandato do período de 2022 a 2024.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1030/mocao_037_-_concurso_de_desenhos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1030/mocao_037_-_concurso_de_desenhos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO, a idealizadora da “1ª. Mostra Cultural dos Alunos das Escolas Municipais de Nova Andradina”, Sra. ANA LUCIA VASCONCELOS e aos vencedores do Concurso: _x000D_
 _x000D_
 LUIZ FERNANDO MELO NASCIMENTO – 1° colocado_x000D_
 GUSTAVO DE SOUZA SANTANA – 2ª colocado_x000D_
 JULY ROBERTA DE ABREU AGUIAR – 3ª colocada_x000D_
 LARA SOPHIA SILVEIRA DOS SANTOS – 4° colocada</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1031/mocao_038_-_prof_marcilio.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1031/mocao_038_-_prof_marcilio.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO ao Professor MARCÍLIO CAETANO DA SILVA, pelo empenho e contribuição ao desenvolver vários trabalhos e atividades, em especial os projetos: “MULHERES INSPIRADORAS e INSPIRA CINE MULHERES”.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, GABRIELA DELGADO, MÁRCIA LOBO, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, JOÃO DAN - PDT, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1032/mocao_039_-_ana_carla_kung_fu.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1032/mocao_039_-_ana_carla_kung_fu.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a atleta ANA CARLA MATOS RODRIGUES, pela conquista do Título de CAMPEÃ BRASILEIRA DE KUNG FU na categoria TAOLU TRADICIONAL MIRIM”.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1033/mocao_040_-_comissao_oab.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1033/mocao_040_-_comissao_oab.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, REQUEREM À MESA DIRETORA que seja encaminhada MOÇÃO DE PARABENIZAÇÃO a COMISSÃO DA OAB - 7º SUBSEÇÃO DE ACOMPANHAMENTO DO TRABALHO LEGISLATIVO DA CÂMARA MUNICIPAL, em Garantia à Constitucionalidade do Parlamento.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -764,67 +764,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/772/projeto_de_decreto_001-2021_tereza_cristina.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/402/ind_276_marcia_n_entra_agora_aguardar.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/345/mocao_003-2021_forca_tatica.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/351/mocao_004-2021_delegacia_regional.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/353/mocao_005-2021_corpo_de_bombeiros.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_006-2021_samu.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_010-2021_pm_na.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_012-2021_pesar_wilson_galvao_jr.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_013-2021_gema.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_014-2021_apae.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/508/mocao_015-2021_hospital_regional__em_construcao.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_016-2021_saude.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/527/mocao_018-2021_basquetebol.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/619/mocao_20-2021_medicos.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/620/mocao_21-2021_conviver.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/905/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/911/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/906/mocao_033_-_oab.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/910/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1029/mocao_036_-_ilson_cherubim.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1030/mocao_037_-_concurso_de_desenhos.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1031/mocao_038_-_prof_marcilio.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1032/mocao_039_-_ana_carla_kung_fu.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1033/mocao_040_-_comissao_oab.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/772/projeto_de_decreto_001-2021_tereza_cristina.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/402/ind_276_marcia_n_entra_agora_aguardar.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/345/mocao_003-2021_forca_tatica.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/351/mocao_004-2021_delegacia_regional.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/353/mocao_005-2021_corpo_de_bombeiros.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/354/mocao_006-2021_samu.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/503/mocao_010-2021_pm_na.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/505/mocao_012-2021_pesar_wilson_galvao_jr.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/506/mocao_013-2021_gema.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/507/mocao_014-2021_apae.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/508/mocao_015-2021_hospital_regional__em_construcao.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/520/mocao_016-2021_saude.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/527/mocao_018-2021_basquetebol.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/619/mocao_20-2021_medicos.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/620/mocao_21-2021_conviver.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/905/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/911/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/906/mocao_033_-_oab.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/909/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/910/mocao_032_-2021_subsecretaria_telma_nantes.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1029/mocao_036_-_ilson_cherubim.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1030/mocao_037_-_concurso_de_desenhos.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1031/mocao_038_-_prof_marcilio.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1032/mocao_039_-_ana_carla_kung_fu.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/1033/mocao_040_-_comissao_oab.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>