--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -54,168 +54,168 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_05_-_arion_aislan_.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_05_-_arion_aislan_.doc</t>
   </si>
   <si>
     <t>“Institui o programa municipal “NOVA ANDRADINA MAIS VERDE” para reforma, manutenção, paisagismo, limpeza, revitalização e conservação de parques, praças, jardins, canteiros, áreas verdes, bosques, espaços públicos, logradouros, escolas municipais e outros equipamentos públicos comunitários do Município de Nova Andradina - MS e dá outras providências”.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/199/ind_099_joao_dan.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/199/ind_099_joao_dan.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Deputado Estadual, Sr. RENATO PIERETTI CÂMARA, solicitando a intervenção junto ao Diretor Presidente da ENERGISA, Sr. MARCELO VINHAES MONTEIRO e ao Supervisor de Construção e Manutenção da ENERGISA de Nova Andradina, Sr. NEREU CORREIA, solicitando a manutenção e reparos nas linhas de transmissão de energia, a fim de cessar a faltar de energia  no Distrito Nova Casa Verde, do Município de Nova Andradina – MS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/265/ind_162_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/265/ind_162_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando: Manutenção Geral dos Brinquedos das Praças.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Gerente Regional da SANESUL, Sr. JAIR RIBEIRO DE OLIVEIRA, solicitando o reparo imediato das aberturas no asfalto feitas pela SANESUL, na implantação do esgoto na Rua Senador Auro de Moura Andrade.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/359/ind_248_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/359/ind_248_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando urgentemente o reparo da cratera na Rua Francisco Pereira da Silva no bairro Jardim Walter Fernandes.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>JOÃO DAN - PDT, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/480/ind_325_joao_dan_e_subscritos.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/480/ind_325_joao_dan_e_subscritos.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam executados os serviços de “Recuperação de tampa de concreto do bueiro e meio-fio” na Rua José Oliveira da Silva esquina com a Boiadeira (Gracindo Abílio Lourenço), Residencial Paris.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/768/ind_587_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/768/ind_587_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, SR. ROBERTO GINELL, solicitando que seja realizado serviço de manutenção (conserto) da boca de lobo, na Rua Santa Lúcia, esquina com a Rua José Bernardes da Silveira, no Bairro Vila Operária.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/922/ind_617_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/922/ind_617_wilson.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando ampla reforma, restauração, limpeza e manutenção na praça e no parque do Bairro Argemiro Ortega.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>ALEMÃO DA SEMENTE, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/931/ind_626_alemao_da_semente_e_wilson.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/931/ind_626_alemao_da_semente_e_wilson.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA  e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando:_x000D_
 a)	Reorganização do Acesso na MS – 473 à Estrada Vicinal que dá acesso ao Pesqueiro Campestre no Município de Nova Andradina-MS;_x000D_
 b)	Restauração da Estrada Vicinal, que liga o trecho da Chácara Campestre, Sítio Nossa Sra. Aparecida, Sítio São Manoel, Estância Falcão, Chácara Jonsson, Sítio Vô Venário, Sítio Terra Santa, etc, até alcançar a MS – 473 com a implantação de caixas secas, camaleões e retiradas de areia em locais excessivos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -524,68 +524,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_05_-_arion_aislan_.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/199/ind_099_joao_dan.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/265/ind_162_arion.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/359/ind_248_sandro.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/480/ind_325_joao_dan_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/768/ind_587_wilson.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/922/ind_617_wilson.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/931/ind_626_alemao_da_semente_e_wilson.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/383/projeto_de_lei_05_-_arion_aislan_.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/199/ind_099_joao_dan.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/265/ind_162_arion.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/337/ind_233_sandro.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/359/ind_248_sandro.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/480/ind_325_joao_dan_e_subscritos.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/768/ind_587_wilson.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/922/ind_617_wilson.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/931/ind_626_alemao_da_semente_e_wilson.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="242.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>