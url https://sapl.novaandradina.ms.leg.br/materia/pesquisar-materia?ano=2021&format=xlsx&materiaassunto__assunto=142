--- v0 (2025-11-03)
+++ v1 (2026-03-23)
@@ -54,155 +54,155 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, JOÃO DAN - PDT</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/182/ind_118_edeildo_e__joao_dan.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/182/ind_118_edeildo_e__joao_dan.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o plenário, INDICAM Á MESA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CÉSAR CASTRO MARQUES, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, reiterando a Indicação nº 27/2020, que solicita a implantação de TRAFFIC CALMING em frente ao SERVIÇO DE CONVIVÊNCIA E FORTALECIMENTO DE VÍNCULOS DE CASA VERDE (PETI) no Distrito Nova Casa Verde.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/295/ind_193_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/295/ind_193_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de TRAFFIC CALMING próximo a Escola Estadual Marechal Rondon, especificamente nos seguintes locais:_x000D_
         -  Avenida Ivinhema, entre a Rua Anaurilândia e a Rua Batayporã_x000D_
         - Rua Anaurilândia, entre a Avenida Ivinhema e a Rua Elzio Gonçalves Dias</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/296/ind_194_edeildo_e_fabio.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/296/ind_194_edeildo_e_fabio.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Diretor do DEMTRAN, Sr. ANILTON FERREIRA DOS SANTOS, solicitando que sejam averiguados estudos com a finalidade de implantar mão única de direção, bem como instalar Traffic Calming na Rua Florêncio de Matos, trecho compreendido entre a Rua Senador Auro Soares Andrade e a Rua Arthur Costa e Silva, em frente ao Colégio Objetivo.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO, ARION AISLAN DE SOUSA - PL, FABIO ZANATA, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/431/ind_303_edeildo_fabio_gabriela_e_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/431/ind_303_edeildo_fabio_gabriela_e_arion.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Infraestrutura, Sr. JÚLIO CESAR CASTRO MARQUES, ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, e ao Diretor do Demtran, Sr. ANILTON FERREIRA DOS SANTOS, solicitando que sejam realizados estudos com a finalidade de implantar uma faixa de pedestre elevada (traffic calming), na Rua Milton Modesto, entre a Rua Imaculada conceição e a Avenida Eurico Soares de Andrade, ligando o Santuário Imaculado coração de Maria á Praça Brasil.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/509/ind_340_cida_marcia.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/509/ind_340_cida_marcia.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando que sejam instalados redutores de velocidades TRAFFIC CALMING e placas sinalizadoras, indicando a redução dos ruídos sonoros, em frente ao Hospital Regional Francisco Dantas Maniçoba de Nova Andradina MS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>PEDRO SOARES - REPUBLICANOS</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/522/ind_352_pedro_tem_anexo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/522/ind_352_pedro_tem_anexo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a instalação de Traffic Calming na Avenida Rio Brilhante, precisamente em frente ao número 1748 – Bairro Centro Educacional.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/636/ind_456_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/636/ind_456_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços públicos, Sr. ROBERTO GINELL, solicitando reparo na passarela elevada (traffic calming) na Rua Vearni Castro precisamente em frente à Escola Anglo.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/698/ind_518_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/698/ind_518_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando a implantação de TRAFFIC CALMING em frente à Escola Estadual Luiz Soares Andrade, entre a Rua Juscelino K. de Oliveira e a Rua Melvin Jones.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -509,68 +509,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/182/ind_118_edeildo_e__joao_dan.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/295/ind_193_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/296/ind_194_edeildo_e_fabio.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/431/ind_303_edeildo_fabio_gabriela_e_arion.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/509/ind_340_cida_marcia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/522/ind_352_pedro_tem_anexo.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/636/ind_456_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/698/ind_518_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/182/ind_118_edeildo_e__joao_dan.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/295/ind_193_edeildo.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/296/ind_194_edeildo_e_fabio.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/431/ind_303_edeildo_fabio_gabriela_e_arion.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/509/ind_340_cida_marcia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/522/ind_352_pedro_tem_anexo.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/636/ind_456_sandro.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/698/ind_518_edeildo__entra_na_proxima_sessao_do_dia_26.10.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>