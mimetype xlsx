--- v0 (2025-10-06)
+++ v1 (2025-12-22)
@@ -51,135 +51,135 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
-    <t>JOSENILDO CEARÁ - PT</t>
+    <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/871/plc_5_-_ceara_taxa_de_lixo.doc</t>
   </si>
   <si>
     <t>“Institui a isenção temporária da taxa do lixo e da outras providências”.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_032_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, requerendo as seguintes informações sobre a taxa de lixo hospitalar:</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
-    <t>DEILDO PISCINEIRO - PSDB</t>
+    <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, e ao Secretário Municipal do Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando estudos com a finalidade de realizar uma revisão na “cobrança da taxa do lixo” em estabelecimentos comerciais do município.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/7/ind_140_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando estudos para isentar a taxa do lixo comum das empresas que já pagam a taxa do lixo hospitalar.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, DEILDO PISCINEIRO - PSDB, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, DEILDO PISCINEIRO, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/277/ind_175_marcia.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudo para redução da taxa do lixo do Fator Categoria - Classe B, do Artigo 6º. da Lei Complementar Nº. 229, de 13 de Dezembro de 2018.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>MÁRCIA LOBO - PODE, GABRIELA DELGADO - MDB</t>
+    <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/300/ind_198_marcia_e_gabi.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito, SR JOSÉ GILBERTO GARCIA, e ao Secretário de Finanças e Gestão, SR EMERSON NANTES DE MATTOS, indicando um estudo para isenção ou redução da taxa do lixo para pessoas que estão incluídas no programa Bolsa Família.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
     <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS e ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, solicitação para a REVISÃO na Lei Complementar nº 229/2018 que “Institui a taxa de coleta, tratamento e disposição final de resíduos sólidos domiciliares e, dá outras providências” Art. 6º, Classe C – Residência religiosa, e que também haja transparência na publicidade da modalidade de cobrança nos Artigos 7º e 8º contidos na respectiva Lei.</t>
   </si>
 </sst>
 </file>
 
@@ -520,51 +520,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/871/plc_5_-_ceara_taxa_de_lixo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_032_sandro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/7/ind_140_sandro.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/277/ind_175_marcia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/300/ind_198_marcia_e_gabi.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="67.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="49.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>