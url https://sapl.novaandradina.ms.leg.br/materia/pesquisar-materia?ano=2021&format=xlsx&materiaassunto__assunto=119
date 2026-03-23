--- v1 (2025-12-22)
+++ v2 (2026-03-23)
@@ -54,150 +54,150 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR DO LEGISLATIVO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/871/plc_5_-_ceara_taxa_de_lixo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/871/plc_5_-_ceara_taxa_de_lixo.doc</t>
   </si>
   <si>
     <t>“Institui a isenção temporária da taxa do lixo e da outras providências”.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>DR. SANDRO - MDB</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_032_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_032_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, REQUER À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, requerendo as seguintes informações sobre a taxa de lixo hospitalar:</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DEILDO PISCINEIRO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS, ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, e ao Secretário Municipal do Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando estudos com a finalidade de realizar uma revisão na “cobrança da taxa do lixo” em estabelecimentos comerciais do município.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/7/ind_140_sandro.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/7/ind_140_sandro.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e ao Secretário Municipal de Meio Ambiente e Desenvolvimento Integrado, Sr. HERNANDES ORTIZ, solicitando estudos para isentar a taxa do lixo comum das empresas que já pagam a taxa do lixo hospitalar.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, DEILDO PISCINEIRO, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/277/ind_175_marcia.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/277/ind_175_marcia.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e ao Secretário Municipal de Serviços Públicos, Sr. ROBERTO GINELL, solicitando estudo para redução da taxa do lixo do Fator Categoria - Classe B, do Artigo 6º. da Lei Complementar Nº. 229, de 13 de Dezembro de 2018.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>MÁRCIA LOBO, GABRIELA DELGADO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/300/ind_198_marcia_e_gabi.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/300/ind_198_marcia_e_gabi.doc</t>
   </si>
   <si>
     <t>As Vereadoras que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito, SR JOSÉ GILBERTO GARCIA, e ao Secretário de Finanças e Gestão, SR EMERSON NANTES DE MATTOS, indicando um estudo para isenção ou redução da taxa do lixo para pessoas que estão incluídas no programa Bolsa Família.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, SR. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATTOS e ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, solicitação para a REVISÃO na Lei Complementar nº 229/2018 que “Institui a taxa de coleta, tratamento e disposição final de resíduos sólidos domiciliares e, dá outras providências” Art. 6º, Classe C – Residência religiosa, e que também haja transparência na publicidade da modalidade de cobrança nos Artigos 7º e 8º contidos na respectiva Lei.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -504,68 +504,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/871/plc_5_-_ceara_taxa_de_lixo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_032_sandro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/7/ind_140_sandro.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/277/ind_175_marcia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/300/ind_198_marcia_e_gabi.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/871/plc_5_-_ceara_taxa_de_lixo.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/41/requerimento_032_sandro.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/117/ind_057_edeildo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/7/ind_140_sandro.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/277/ind_175_marcia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/300/ind_198_marcia_e_gabi.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/328/ind_226_cida.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>