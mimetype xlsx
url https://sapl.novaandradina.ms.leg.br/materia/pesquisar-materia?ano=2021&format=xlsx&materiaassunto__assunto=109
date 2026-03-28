--- v0 (2025-12-20)
+++ v1 (2026-03-28)
@@ -54,144 +54,144 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>JOSENILDO CEARÁ</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_02_-_ceara_do_pt_professor_retirada_.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_02_-_ceara_do_pt_professor_retirada_.doc</t>
   </si>
   <si>
     <t>“ESTABELECE PROCESSO SELETIVO SIMPLIFICADO PARA CONTRATAÇÃO E AMPLIAÇÃO DE AULAS PARA PROFESSOR NA EDUCAÇÃO BÁSICA NO MUNICIPIO DE NOVA ANDRADINA-MS”.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, DEILDO PISCINEIRO, DR. SANDRO - MDB, FABIO ZANATA, GABRIELA DELGADO, JOÃO DAN - PDT, JOSÉ GILBERTO GARCIA, JOSENILDO CEARÁ, LEANDRO FERREIRA LUIZ FEDOSSI, MÁRCIA LOBO, PEDRO SOARES - REPUBLICANOS, WILSON ALMEIDA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_de_lei_13_-_todos_os_vereadores.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_de_lei_13_-_todos_os_vereadores.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INCLUSÃO DAS PESSOAS PORTADORAS DE DEFICIÊNCIA PERMANENTE E DOS PROFISSIONAIS DA ÁREA DA EDUCAÇÃO COMO GRUPO PRIORITÁRIO NO PLANO DE VACINAÇÃO CONTRA A COVID-19 NO MUNICÍPIO DE NOVA ANDRADINA – MS”.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>ARION AISLAN DE SOUSA - PL</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/80/ind_024_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/80/ind_024_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, e a Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando estudos no sentido de que seja realizada a readequação e fortalecimento do material pedagógico para professores e alunos.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>FABIO ZANATA, ALEMÃO DA SEMENTE, ARION AISLAN DE SOUSA - PL, CIDA DO ZÉ BUGRE - PODE, JOÃO DAN - PDT, MÁRCIA LOBO</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/262/ind_159_fabio_zanata.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/262/ind_159_fabio_zanata.doc</t>
   </si>
   <si>
     <t>Os Vereadores (a) que a esta subscrevem nos termos regimentais vigentes, depois de ouvido o Plenário, INDICAM À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, à Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, e ao Secretário Municipal de Finanças e Gestão, Sr. EMERSON NANTES DE MATOS, solicitando parceria entre o poder executivo e os professores da Educação Básica Municipal, através de subsídio financeiro no valor aproximado de R$ 1.500,00 para a aquisição de um notebook, juntamente com  o pagamento antecipado de até 50% do 13° salário, em que o professor deverá apresentar comprovação do gasto com o equipamento supracitado através de nota fiscal eletrônica.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>CIDA DO ZÉ BUGRE - PODE</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/602/ind_428_cida.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/602/ind_428_cida.doc</t>
   </si>
   <si>
     <t>A Vereadora que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e à Secretária Municipal de Educação, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando que seja cumprida a Lei nº. 13.722 (Lei Lucas), de 04 de outubro de 2018, que torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados de educação básica e de estabelecimentos de recreação infantil, no município de Nova Andradina/MS.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>FABIO ZANATA</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/632/ind_452_fabio.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/632/ind_452_fabio.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve, nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA, ao Secretário Municipal de Planejamento e Administração Sr. VALTER VALENTIN PINTO, e à Secretária Municipal de Educação, Cultura e Esporte, Sra. GIULIANA MASCULI POKRYWIECKI, solicitando estudos com a finalidade de incluir o parágrafo único no artigo 37 da Lei Complementar nº 47, de 25 de Outubro de 2002, com a seguinte redação:</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/801/ind_601_arion.doc</t>
+    <t>http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/801/ind_601_arion.doc</t>
   </si>
   <si>
     <t>O Vereador que a esta subscreve nos termos regimentais vigentes, depois de ouvido o Plenário, INDICA À MESA DIRETORA, que seja encaminhado expediente ao Prefeito Municipal, Sr. JOSÉ GILBERTO GARCIA e a Secretária Municipal de Educação Cultura e Esportes, Sra. GIULIANA MASCULI POKRYWIEKI, solicitando a promoção de curso de capacitação pedagógica mínima para todos os profissionais que não tenham formação pedagógica e atuam na Secretaria de Educação Municipal, resultando em certificação de conclusão do referido para os participantes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -498,68 +498,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_02_-_ceara_do_pt_professor_retirada_.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_de_lei_13_-_todos_os_vereadores.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/80/ind_024_arion.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/262/ind_159_fabio_zanata.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/602/ind_428_cida.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/632/ind_452_fabio.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/801/ind_601_arion.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/372/projeto_de_lei_02_-_ceara_do_pt_professor_retirada_.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/444/projeto_de_lei_13_-_todos_os_vereadores.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/80/ind_024_arion.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/262/ind_159_fabio_zanata.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/602/ind_428_cida.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/632/ind_452_fabio.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novaandradina.ms.leg.br/media/sapl/public/materialegislativa/2021/801/ind_601_arion.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="128.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>